--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -4,55 +4,55 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C6D7CBF4-8363-48AD-A3E2-7C80E9F7EF06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1758E4EF-432A-4D4D-8458-16C98FCC5D99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="810" yWindow="-120" windowWidth="18510" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="変更申請書" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">変更申請書!$A$1:$U$56</definedName>
     <definedName name="_xlnm.Print_Area">[1]質問票!$A$1:$E$177</definedName>
     <definedName name="繰延資産">OFFSET([2]グラフ!$N$10,0,0,1,2)</definedName>
     <definedName name="固定資産">OFFSET([2]グラフ!$N$8,0,0,1,2)</definedName>
     <definedName name="固定負債">OFFSET([2]グラフ!$N$9,0,0,1,2)</definedName>
     <definedName name="項目">OFFSET([2]グラフ!$N$5,0,0,1,2)</definedName>
     <definedName name="資本">OFFSET([2]グラフ!$N$11,0,0,1,2)</definedName>
     <definedName name="流動資産">OFFSET([2]グラフ!$N$6,0,0,1,2)</definedName>
     <definedName name="流動負債">OFFSET([2]グラフ!$N$7,0,0,1,2)</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -397,83 +397,56 @@
     </rPh>
     <rPh sb="14" eb="16">
       <t>リョコウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ホケン</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>テツヅ</t>
     </rPh>
     <rPh sb="27" eb="30">
       <t>ショウダクショ</t>
     </rPh>
     <rPh sb="31" eb="33">
       <t>ケンシュウ</t>
     </rPh>
     <rPh sb="33" eb="35">
       <t>キカン</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>エンチョウ</t>
     </rPh>
     <phoneticPr fontId="19"/>
   </si>
   <si>
-    <t>連絡先：企業連携部　研修・派遣業務グループ（電話03-3888-8221）</t>
-[...31 lines deleted...]
-    <rPh sb="22" eb="25">
+    <t>連絡先：企業連携部　企業連携第1/第2グループ（電話03-3888-8221）</t>
+    <phoneticPr fontId="19"/>
+  </si>
+  <si>
+    <t>ＡＯＴＳ 　企業連携部　企業連携第1/第2グループ提出用　2025/04</t>
+    <rPh sb="25" eb="28">
       <t>テイシュツヨウ</t>
     </rPh>
     <phoneticPr fontId="19"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1752,325 +1725,289 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="23" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="7" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="137">
+  <cellXfs count="123">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="24" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="24" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="22" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="24" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="24" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="24" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
@@ -2117,149 +2054,143 @@
     </xf>
     <xf numFmtId="49" fontId="35" fillId="24" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="24" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="24" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="24" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="24" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="24" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="24" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="24" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="24" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="24" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="49" fontId="35" fillId="24" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="35" fillId="24" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - アクセント 1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 1" xfId="13" builtinId="32" customBuiltin="1"/>
@@ -2439,57 +2370,58 @@
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>黄色のついている部分にご記入ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fPrintsWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\TKC002\&#31649;&#29702;&#30740;&#20462;&#29677;\&#31649;&#30740;&#20849;&#36890;&#25991;&#26360;\&#12467;&#12540;&#12473;&#23455;&#26045;&#23450;&#22411;&#25991;\&#35413;&#20385;&#26360;v2.0\&#35413;&#20385;&#26360;Ver.2.0(win).xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\Tkc006\&#26989;&#21209;&#32113;&#25324;&#35506;\&#9632;&#25285;&#24403;&#20250;&#31038;&#21029;&#12539;&#20104;&#32004;&#31649;&#29702;&#34920;\2005&#24180;&#24230;\&#36664;&#36865;&#29992;&#27231;&#22120;&#65288;&#12479;&#34892;&#65289;&#65306;&#35895;&#21475;.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="質問票"/>
       <sheetName val="000000"/>
       <sheetName val="集計表"/>
       <sheetName val="報告書"/>
+      <sheetName val="入力データ"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1">
         <row r="1">
           <cell r="A1" t="str">
             <v>EVALUATION QUESTIONNAIRE</v>
           </cell>
         </row>
         <row r="2">
           <cell r="A2" t="str">
             <v>(Please submit this questionnaire to your course coordinator on March 15.)</v>
           </cell>
         </row>
         <row r="4">
           <cell r="B4" t="str">
             <v>01-ASCM</v>
           </cell>
         </row>
         <row r="5">
           <cell r="B5" t="str">
             <v>The Program on Corporate Management for the ASEAN Food Industry</v>
           </cell>
         </row>
         <row r="7">
           <cell r="B7" t="str">
@@ -3417,57 +3349,58 @@
         </row>
         <row r="157">
           <cell r="A157" t="str">
             <v>2-2. Please write down your evaluation of the interpreters.</v>
           </cell>
         </row>
         <row r="164">
           <cell r="A164" t="str">
             <v>2-3. Please write down your evaluation of AOTS Course Coordinator:</v>
           </cell>
         </row>
         <row r="172">
           <cell r="A172" t="str">
             <v>2-4. Please write down your evaluation of life in the Kenshu Center, i.e.,</v>
           </cell>
         </row>
         <row r="174">
           <cell r="A174" t="str">
             <v xml:space="preserve">        facilities, services ( cafeteria, reception, etc. ).</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
+      <sheetData sheetId="4" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="更新用GL"/>
       <sheetName val="GL鑑"/>
       <sheetName val="企業やり取り"/>
       <sheetName val="05（新）"/>
       <sheetName val="04（新）"/>
       <sheetName val="国ｺｰﾄﾞ"/>
       <sheetName val="ｺｰﾄﾞ表"/>
       <sheetName val="経営診断"/>
       <sheetName val="貸借対照表・損益計算書"/>
       <sheetName val="経営指標（自動算出）"/>
       <sheetName val="グラフ"/>
       <sheetName val="研修技術"/>
       <sheetName val="05トヨタ（生技）"/>
       <sheetName val="デンソー05"/>
       <sheetName val="2004"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
@@ -3485,197 +3418,163 @@
           <cell r="N6">
             <v>33448</v>
           </cell>
         </row>
         <row r="8">
           <cell r="N8">
             <v>12255</v>
           </cell>
         </row>
         <row r="10">
           <cell r="N10">
             <v>0</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3812,1351 +3711,1297 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z424"/>
+  <dimension ref="A1:W424"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="U57" sqref="U57"/>
+      <selection activeCell="E51" sqref="E51:J52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="4.875" defaultRowHeight="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="4.90625" defaultRowHeight="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="5.375" style="1" customWidth="1"/>
+    <col min="1" max="1" width="4.36328125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="8.6328125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="2.6328125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="8.6328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="5.36328125" style="1" customWidth="1"/>
     <col min="6" max="6" width="5" style="1" customWidth="1"/>
-    <col min="7" max="7" width="5.375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="5.36328125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5" style="1" customWidth="1"/>
-    <col min="9" max="9" width="5.375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="5.36328125" style="1" customWidth="1"/>
     <col min="10" max="10" width="5" style="1" customWidth="1"/>
-    <col min="11" max="11" width="3.625" style="1" customWidth="1"/>
-    <col min="12" max="12" width="5.375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="3.6328125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="5.36328125" style="1" customWidth="1"/>
     <col min="13" max="13" width="5" style="1" customWidth="1"/>
-    <col min="14" max="14" width="5.375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="5.36328125" style="1" customWidth="1"/>
     <col min="15" max="15" width="5" style="1" customWidth="1"/>
-    <col min="16" max="16" width="5.375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="5.36328125" style="1" customWidth="1"/>
     <col min="17" max="17" width="5" style="1" customWidth="1"/>
-    <col min="18" max="19" width="4.5" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="24" max="16384" width="4.875" style="1"/>
+    <col min="18" max="19" width="4.453125" style="1" customWidth="1"/>
+    <col min="20" max="20" width="5.08984375" style="1" customWidth="1"/>
+    <col min="21" max="22" width="4.7265625" style="1" customWidth="1"/>
+    <col min="23" max="23" width="5.6328125" style="1" hidden="1" customWidth="1"/>
+    <col min="24" max="16384" width="4.90625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="P1" s="73"/>
+    <row r="1" spans="1:23" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O1" s="61"/>
+      <c r="P1" s="61"/>
       <c r="Q1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="R1" s="2"/>
       <c r="S1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="T1" s="2"/>
       <c r="U1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:23" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="2" spans="1:23" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="3" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L3" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="N3" s="74"/>
-[...6 lines deleted...]
-      <c r="U3" s="74"/>
+      <c r="N3" s="62"/>
+      <c r="O3" s="62"/>
+      <c r="P3" s="62"/>
+      <c r="Q3" s="62"/>
+      <c r="R3" s="62"/>
+      <c r="S3" s="62"/>
+      <c r="T3" s="62"/>
+      <c r="U3" s="62"/>
       <c r="W3" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
-[...7 lines deleted...]
-      <c r="U4" s="75"/>
+    <row r="4" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N4" s="63"/>
+      <c r="O4" s="63"/>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+      <c r="R4" s="63"/>
+      <c r="S4" s="63"/>
+      <c r="T4" s="63"/>
+      <c r="U4" s="63"/>
       <c r="W4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="5" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L5" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="N5" s="76"/>
-[...6 lines deleted...]
-      <c r="U5" s="76"/>
+      <c r="N5" s="64"/>
+      <c r="O5" s="64"/>
+      <c r="P5" s="64"/>
+      <c r="Q5" s="64"/>
+      <c r="R5" s="64"/>
+      <c r="S5" s="64"/>
+      <c r="T5" s="64"/>
+      <c r="U5" s="64"/>
       <c r="W5" s="4" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="6" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L6" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="N6" s="60"/>
-[...6 lines deleted...]
-      <c r="U6" s="49" t="s">
+      <c r="N6" s="48"/>
+      <c r="O6" s="48"/>
+      <c r="P6" s="48"/>
+      <c r="Q6" s="48"/>
+      <c r="R6" s="48"/>
+      <c r="S6" s="48"/>
+      <c r="T6" s="48"/>
+      <c r="U6" s="41" t="s">
         <v>11</v>
       </c>
       <c r="W6" s="5" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="N7" s="77"/>
-[...6 lines deleted...]
-      <c r="U7" s="77"/>
+      <c r="N7" s="65"/>
+      <c r="O7" s="65"/>
+      <c r="P7" s="65"/>
+      <c r="Q7" s="65"/>
+      <c r="R7" s="65"/>
+      <c r="S7" s="65"/>
+      <c r="T7" s="65"/>
+      <c r="U7" s="65"/>
       <c r="W7" s="4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L8" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="N8" s="60"/>
-[...6 lines deleted...]
-      <c r="U8" s="60"/>
+      <c r="N8" s="48"/>
+      <c r="O8" s="48"/>
+      <c r="P8" s="48"/>
+      <c r="Q8" s="48"/>
+      <c r="R8" s="48"/>
+      <c r="S8" s="48"/>
+      <c r="T8" s="48"/>
+      <c r="U8" s="48"/>
       <c r="W8" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L9" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="N9" s="60"/>
-[...9 lines deleted...]
-      <c r="G10" s="6"/>
+      <c r="N9" s="48"/>
+      <c r="O9" s="48"/>
+      <c r="P9" s="48"/>
+      <c r="Q9" s="48"/>
+      <c r="R9" s="48"/>
+      <c r="S9" s="48"/>
+      <c r="T9" s="48"/>
+      <c r="U9" s="48"/>
+    </row>
+    <row r="10" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L10" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="N10" s="60"/>
-[...8 lines deleted...]
-    <row r="11" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="N10" s="48"/>
+      <c r="O10" s="48"/>
+      <c r="P10" s="48"/>
+      <c r="Q10" s="48"/>
+      <c r="R10" s="48"/>
+      <c r="S10" s="48"/>
+      <c r="T10" s="48"/>
+      <c r="U10" s="48"/>
+    </row>
+    <row r="11" spans="1:23" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="L11" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="N11" s="7"/>
-[...9 lines deleted...]
-      <c r="L12" s="8" t="s">
+      <c r="N11" s="6"/>
+      <c r="O11" s="48"/>
+      <c r="P11" s="48"/>
+      <c r="Q11" s="48"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+      <c r="U11" s="48"/>
+    </row>
+    <row r="12" spans="1:23" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L12" s="7" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:23" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="61" t="s">
+    <row r="13" spans="1:23" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="62"/>
-[...46 lines deleted...]
-      <c r="G15" s="11" t="s">
+      <c r="C13" s="50"/>
+      <c r="D13" s="50"/>
+      <c r="E13" s="50"/>
+      <c r="F13" s="50"/>
+      <c r="G13" s="50"/>
+      <c r="H13" s="50"/>
+      <c r="I13" s="50"/>
+      <c r="J13" s="50"/>
+      <c r="K13" s="50"/>
+      <c r="L13" s="50"/>
+      <c r="M13" s="50"/>
+      <c r="N13" s="50"/>
+      <c r="O13" s="50"/>
+      <c r="P13" s="50"/>
+      <c r="Q13" s="50"/>
+      <c r="R13" s="50"/>
+      <c r="S13" s="50"/>
+      <c r="T13" s="50"/>
+    </row>
+    <row r="14" spans="1:23" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="50"/>
+      <c r="C14" s="50"/>
+      <c r="D14" s="50"/>
+      <c r="E14" s="50"/>
+      <c r="F14" s="50"/>
+      <c r="G14" s="50"/>
+      <c r="H14" s="50"/>
+      <c r="I14" s="50"/>
+      <c r="J14" s="50"/>
+      <c r="K14" s="50"/>
+      <c r="L14" s="50"/>
+      <c r="M14" s="50"/>
+      <c r="N14" s="50"/>
+      <c r="O14" s="50"/>
+      <c r="P14" s="50"/>
+      <c r="Q14" s="50"/>
+      <c r="R14" s="50"/>
+      <c r="S14" s="50"/>
+      <c r="T14" s="50"/>
+    </row>
+    <row r="15" spans="1:23" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="8"/>
+      <c r="C15" s="8"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8"/>
+      <c r="G15" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="H15" s="105"/>
-[...6 lines deleted...]
-      <c r="O15" s="12" t="s">
+      <c r="H15" s="93"/>
+      <c r="I15" s="93"/>
+      <c r="J15" s="93"/>
+      <c r="K15" s="93"/>
+      <c r="L15" s="93"/>
+      <c r="M15" s="93"/>
+      <c r="N15" s="93"/>
+      <c r="O15" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="P15" s="10"/>
-[...22 lines deleted...]
-      <c r="Q16" s="17" t="s">
+      <c r="P15" s="8"/>
+      <c r="Q15" s="8"/>
+      <c r="R15" s="11"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="8"/>
+      <c r="V15" s="11"/>
+    </row>
+    <row r="16" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="8"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="8"/>
+      <c r="I16" s="8"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="13"/>
+      <c r="P16" s="8"/>
+      <c r="Q16" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="R16" s="106"/>
-[...2 lines deleted...]
-      <c r="U16" s="18" t="s">
+      <c r="R16" s="94"/>
+      <c r="S16" s="95"/>
+      <c r="T16" s="95"/>
+      <c r="U16" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="V16" s="13"/>
-[...26 lines deleted...]
-      <c r="A18" s="72" t="s">
+      <c r="V16" s="11"/>
+    </row>
+    <row r="17" spans="1:22" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="V17" s="11"/>
+    </row>
+    <row r="18" spans="1:22" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="60" t="s">
         <v>26</v>
       </c>
-      <c r="B18" s="65"/>
-      <c r="C18" s="65" t="s">
+      <c r="B18" s="53"/>
+      <c r="C18" s="53" t="s">
         <v>27</v>
       </c>
-      <c r="D18" s="65"/>
-[...3 lines deleted...]
-      <c r="H18" s="65" t="s">
+      <c r="D18" s="53"/>
+      <c r="E18" s="53"/>
+      <c r="F18" s="53"/>
+      <c r="G18" s="54"/>
+      <c r="H18" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="I18" s="65"/>
-[...1 lines deleted...]
-      <c r="K18" s="65" t="s">
+      <c r="I18" s="53"/>
+      <c r="J18" s="53"/>
+      <c r="K18" s="53" t="s">
         <v>29</v>
       </c>
-      <c r="L18" s="65"/>
-      <c r="M18" s="65" t="s">
+      <c r="L18" s="53"/>
+      <c r="M18" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="N18" s="65"/>
-[...125 lines deleted...]
-      <c r="A24" s="130" t="s">
+      <c r="N18" s="53"/>
+      <c r="O18" s="53"/>
+      <c r="P18" s="53"/>
+      <c r="Q18" s="53"/>
+      <c r="R18" s="53"/>
+      <c r="S18" s="53"/>
+      <c r="T18" s="53"/>
+      <c r="U18" s="68"/>
+    </row>
+    <row r="19" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="66"/>
+      <c r="B19" s="67"/>
+      <c r="C19" s="55"/>
+      <c r="D19" s="55"/>
+      <c r="E19" s="55"/>
+      <c r="F19" s="55"/>
+      <c r="G19" s="55"/>
+      <c r="H19" s="59"/>
+      <c r="I19" s="59"/>
+      <c r="J19" s="59"/>
+      <c r="K19" s="55"/>
+      <c r="L19" s="55"/>
+      <c r="M19" s="51"/>
+      <c r="N19" s="51"/>
+      <c r="O19" s="51"/>
+      <c r="P19" s="51"/>
+      <c r="Q19" s="51"/>
+      <c r="R19" s="51"/>
+      <c r="S19" s="51"/>
+      <c r="T19" s="51"/>
+      <c r="U19" s="56"/>
+    </row>
+    <row r="20" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="57"/>
+      <c r="B20" s="58"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="51"/>
+      <c r="E20" s="51"/>
+      <c r="F20" s="51"/>
+      <c r="G20" s="52"/>
+      <c r="H20" s="59"/>
+      <c r="I20" s="59"/>
+      <c r="J20" s="59"/>
+      <c r="K20" s="51"/>
+      <c r="L20" s="51"/>
+      <c r="M20" s="51"/>
+      <c r="N20" s="51"/>
+      <c r="O20" s="51"/>
+      <c r="P20" s="51"/>
+      <c r="Q20" s="51"/>
+      <c r="R20" s="51"/>
+      <c r="S20" s="51"/>
+      <c r="T20" s="51"/>
+      <c r="U20" s="56"/>
+    </row>
+    <row r="21" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="57"/>
+      <c r="B21" s="58"/>
+      <c r="C21" s="51"/>
+      <c r="D21" s="51"/>
+      <c r="E21" s="51"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="52"/>
+      <c r="H21" s="59"/>
+      <c r="I21" s="59"/>
+      <c r="J21" s="59"/>
+      <c r="K21" s="51"/>
+      <c r="L21" s="51"/>
+      <c r="M21" s="51"/>
+      <c r="N21" s="51"/>
+      <c r="O21" s="51"/>
+      <c r="P21" s="51"/>
+      <c r="Q21" s="51"/>
+      <c r="R21" s="51"/>
+      <c r="S21" s="51"/>
+      <c r="T21" s="51"/>
+      <c r="U21" s="56"/>
+    </row>
+    <row r="22" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="57"/>
+      <c r="B22" s="58"/>
+      <c r="C22" s="51"/>
+      <c r="D22" s="51"/>
+      <c r="E22" s="51"/>
+      <c r="F22" s="51"/>
+      <c r="G22" s="52"/>
+      <c r="H22" s="59"/>
+      <c r="I22" s="59"/>
+      <c r="J22" s="59"/>
+      <c r="K22" s="51"/>
+      <c r="L22" s="51"/>
+      <c r="M22" s="51"/>
+      <c r="N22" s="51"/>
+      <c r="O22" s="51"/>
+      <c r="P22" s="51"/>
+      <c r="Q22" s="51"/>
+      <c r="R22" s="51"/>
+      <c r="S22" s="51"/>
+      <c r="T22" s="51"/>
+      <c r="U22" s="56"/>
+    </row>
+    <row r="23" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="57"/>
+      <c r="B23" s="58"/>
+      <c r="C23" s="96"/>
+      <c r="D23" s="96"/>
+      <c r="E23" s="96"/>
+      <c r="F23" s="96"/>
+      <c r="G23" s="97"/>
+      <c r="H23" s="107"/>
+      <c r="I23" s="107"/>
+      <c r="J23" s="107"/>
+      <c r="K23" s="96"/>
+      <c r="L23" s="96"/>
+      <c r="M23" s="96"/>
+      <c r="N23" s="96"/>
+      <c r="O23" s="96"/>
+      <c r="P23" s="96"/>
+      <c r="Q23" s="96"/>
+      <c r="R23" s="96"/>
+      <c r="S23" s="96"/>
+      <c r="T23" s="96"/>
+      <c r="U23" s="100"/>
+    </row>
+    <row r="24" spans="1:22" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="116" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="131"/>
-      <c r="C24" s="113" t="s">
+      <c r="B24" s="117"/>
+      <c r="C24" s="98" t="s">
         <v>32</v>
       </c>
-      <c r="D24" s="114"/>
-[...1 lines deleted...]
-      <c r="F24" s="19" t="s">
+      <c r="D24" s="99"/>
+      <c r="E24" s="42"/>
+      <c r="F24" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="G24" s="50"/>
-      <c r="H24" s="19" t="s">
+      <c r="G24" s="42"/>
+      <c r="H24" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="I24" s="50"/>
-      <c r="J24" s="19" t="s">
+      <c r="I24" s="42"/>
+      <c r="J24" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="K24" s="19" t="s">
+      <c r="K24" s="16" t="s">
         <v>33</v>
       </c>
-      <c r="L24" s="50"/>
-      <c r="M24" s="19" t="s">
+      <c r="L24" s="42"/>
+      <c r="M24" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="N24" s="50"/>
-      <c r="O24" s="19" t="s">
+      <c r="N24" s="42"/>
+      <c r="O24" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="P24" s="50"/>
-      <c r="Q24" s="19" t="s">
+      <c r="P24" s="42"/>
+      <c r="Q24" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="R24" s="19" t="s">
+      <c r="R24" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="S24" s="53" t="str">
+      <c r="S24" s="44" t="str">
         <f>IF(OR(E24="",G24="",I24="",L24="",N24="",P24=""),"",(DATE(L24,N24,P24)-DATE(E24,G24,I24)+1))</f>
         <v/>
       </c>
-      <c r="T24" s="19" t="s">
+      <c r="T24" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="U24" s="20"/>
-[...3 lines deleted...]
-      <c r="A25" s="132" t="s">
+      <c r="U24" s="17"/>
+      <c r="V24" s="11"/>
+    </row>
+    <row r="25" spans="1:22" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="118" t="s">
         <v>36</v>
       </c>
-      <c r="B25" s="131"/>
-      <c r="C25" s="110" t="s">
+      <c r="B25" s="117"/>
+      <c r="C25" s="98" t="s">
         <v>37</v>
       </c>
-      <c r="D25" s="111"/>
-[...1 lines deleted...]
-      <c r="F25" s="44" t="s">
+      <c r="D25" s="99"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="G25" s="52"/>
-      <c r="H25" s="44" t="s">
+      <c r="G25" s="43"/>
+      <c r="H25" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="I25" s="52"/>
-      <c r="J25" s="44" t="s">
+      <c r="I25" s="43"/>
+      <c r="J25" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="K25" s="44" t="s">
+      <c r="K25" s="16" t="s">
         <v>33</v>
       </c>
-      <c r="L25" s="52"/>
-      <c r="M25" s="44" t="s">
+      <c r="L25" s="43"/>
+      <c r="M25" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="N25" s="52"/>
-      <c r="O25" s="44" t="s">
+      <c r="N25" s="43"/>
+      <c r="O25" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="P25" s="52"/>
-      <c r="Q25" s="44" t="s">
+      <c r="P25" s="43"/>
+      <c r="Q25" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="R25" s="44" t="s">
+      <c r="R25" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="S25" s="53" t="str">
+      <c r="S25" s="44" t="str">
         <f>IF(OR(E25="",G25="",I25="",L25="",N25="",P25=""),"",(DATE(L25,N25,P25)-DATE(E25,G25,I25)+1))</f>
         <v/>
       </c>
-      <c r="T25" s="51" t="s">
+      <c r="T25" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="U25" s="54"/>
-[...2 lines deleted...]
-      <c r="A26" s="24" t="s">
+      <c r="U25" s="17"/>
+    </row>
+    <row r="26" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="B26" s="6"/>
-[...67 lines deleted...]
-      <c r="B29" s="127" t="s">
+      <c r="U26" s="19"/>
+    </row>
+    <row r="27" spans="1:22" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="20"/>
+      <c r="B27" s="108"/>
+      <c r="C27" s="108"/>
+      <c r="D27" s="108"/>
+      <c r="E27" s="108"/>
+      <c r="F27" s="108"/>
+      <c r="G27" s="108"/>
+      <c r="H27" s="108"/>
+      <c r="I27" s="108"/>
+      <c r="J27" s="108"/>
+      <c r="K27" s="108"/>
+      <c r="L27" s="108"/>
+      <c r="M27" s="108"/>
+      <c r="N27" s="108"/>
+      <c r="O27" s="108"/>
+      <c r="P27" s="108"/>
+      <c r="Q27" s="108"/>
+      <c r="R27" s="108"/>
+      <c r="S27" s="108"/>
+      <c r="T27" s="108"/>
+      <c r="U27" s="19"/>
+    </row>
+    <row r="28" spans="1:22" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="21"/>
+      <c r="B28" s="109"/>
+      <c r="C28" s="109"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="109"/>
+      <c r="F28" s="109"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="109"/>
+      <c r="J28" s="109"/>
+      <c r="K28" s="109"/>
+      <c r="L28" s="109"/>
+      <c r="M28" s="109"/>
+      <c r="N28" s="109"/>
+      <c r="O28" s="109"/>
+      <c r="P28" s="109"/>
+      <c r="Q28" s="109"/>
+      <c r="R28" s="109"/>
+      <c r="S28" s="109"/>
+      <c r="T28" s="109"/>
+      <c r="U28" s="22"/>
+    </row>
+    <row r="29" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="113" t="s">
         <v>50</v>
       </c>
-      <c r="C29" s="127"/>
-[...41 lines deleted...]
-    <row r="31" spans="1:26" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="113"/>
+      <c r="D29" s="113"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="113"/>
+      <c r="G29" s="113"/>
+      <c r="H29" s="113"/>
+      <c r="I29" s="113"/>
+      <c r="J29" s="113"/>
+      <c r="K29" s="113"/>
+      <c r="L29" s="113"/>
+      <c r="M29" s="113"/>
+      <c r="N29" s="113"/>
+      <c r="O29" s="113"/>
+      <c r="P29" s="113"/>
+      <c r="Q29" s="113"/>
+      <c r="R29" s="113"/>
+      <c r="S29" s="113"/>
+      <c r="T29" s="113"/>
+      <c r="U29" s="113"/>
+    </row>
+    <row r="30" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="114"/>
+      <c r="C30" s="114"/>
+      <c r="D30" s="114"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="114"/>
+      <c r="L30" s="114"/>
+      <c r="M30" s="114"/>
+      <c r="N30" s="114"/>
+      <c r="O30" s="114"/>
+      <c r="P30" s="114"/>
+      <c r="Q30" s="114"/>
+      <c r="R30" s="114"/>
+      <c r="S30" s="114"/>
+      <c r="T30" s="114"/>
+      <c r="U30" s="114"/>
+    </row>
+    <row r="31" spans="1:22" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="32" spans="1:26" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="B32" s="124" t="s">
+    <row r="32" spans="1:22" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="23"/>
+      <c r="B32" s="110" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="125"/>
-[...1 lines deleted...]
-      <c r="E32" s="65" t="s">
+      <c r="C32" s="111"/>
+      <c r="D32" s="112"/>
+      <c r="E32" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="F32" s="65"/>
-[...4 lines deleted...]
-      <c r="K32" s="65" t="s">
+      <c r="F32" s="53"/>
+      <c r="G32" s="53"/>
+      <c r="H32" s="53"/>
+      <c r="I32" s="53"/>
+      <c r="J32" s="53"/>
+      <c r="K32" s="53" t="s">
         <v>42</v>
       </c>
-      <c r="L32" s="65"/>
-[...2 lines deleted...]
-      <c r="O32" s="65" t="s">
+      <c r="L32" s="53"/>
+      <c r="M32" s="53"/>
+      <c r="N32" s="115"/>
+      <c r="O32" s="53" t="s">
         <v>43</v>
       </c>
-      <c r="P32" s="65"/>
-[...7 lines deleted...]
-      <c r="A33" s="133" t="s">
+      <c r="P32" s="53"/>
+      <c r="Q32" s="53"/>
+      <c r="R32" s="53"/>
+      <c r="S32" s="53"/>
+      <c r="T32" s="53"/>
+      <c r="U32" s="68"/>
+    </row>
+    <row r="33" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="119" t="s">
         <v>44</v>
       </c>
-      <c r="B33" s="30" t="s">
+      <c r="B33" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="C33" s="31"/>
-      <c r="D33" s="32" t="s">
+      <c r="C33" s="25"/>
+      <c r="D33" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="E33" s="100"/>
-[...19 lines deleted...]
-      <c r="B34" s="45" t="s">
+      <c r="E33" s="88"/>
+      <c r="F33" s="89"/>
+      <c r="G33" s="89"/>
+      <c r="H33" s="89"/>
+      <c r="I33" s="89"/>
+      <c r="J33" s="90"/>
+      <c r="K33" s="73"/>
+      <c r="L33" s="73"/>
+      <c r="M33" s="73"/>
+      <c r="N33" s="73"/>
+      <c r="O33" s="74"/>
+      <c r="P33" s="74"/>
+      <c r="Q33" s="74"/>
+      <c r="R33" s="74"/>
+      <c r="S33" s="74"/>
+      <c r="T33" s="74"/>
+      <c r="U33" s="76"/>
+    </row>
+    <row r="34" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="119"/>
+      <c r="B34" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C34" s="33" t="s">
+      <c r="C34" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="D34" s="46"/>
-[...20 lines deleted...]
-      <c r="B35" s="21" t="s">
+      <c r="D34" s="38"/>
+      <c r="E34" s="91"/>
+      <c r="F34" s="91"/>
+      <c r="G34" s="91"/>
+      <c r="H34" s="91"/>
+      <c r="I34" s="91"/>
+      <c r="J34" s="92"/>
+      <c r="K34" s="101"/>
+      <c r="L34" s="101"/>
+      <c r="M34" s="101"/>
+      <c r="N34" s="101"/>
+      <c r="O34" s="75"/>
+      <c r="P34" s="75"/>
+      <c r="Q34" s="75"/>
+      <c r="R34" s="75"/>
+      <c r="S34" s="75"/>
+      <c r="T34" s="75"/>
+      <c r="U34" s="77"/>
+    </row>
+    <row r="35" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="119"/>
+      <c r="B35" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C35" s="22"/>
-      <c r="D35" s="55" t="s">
+      <c r="D35" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="E35" s="96" t="s">
+      <c r="E35" s="84" t="s">
         <v>0</v>
       </c>
-      <c r="F35" s="97"/>
-[...4 lines deleted...]
-      <c r="K35" s="84" t="s">
+      <c r="F35" s="85"/>
+      <c r="G35" s="85"/>
+      <c r="H35" s="85"/>
+      <c r="I35" s="85"/>
+      <c r="J35" s="85"/>
+      <c r="K35" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="L35" s="84"/>
-[...12 lines deleted...]
-      <c r="B36" s="45" t="s">
+      <c r="L35" s="72"/>
+      <c r="M35" s="72"/>
+      <c r="N35" s="72"/>
+      <c r="O35" s="78"/>
+      <c r="P35" s="78"/>
+      <c r="Q35" s="78"/>
+      <c r="R35" s="78"/>
+      <c r="S35" s="78"/>
+      <c r="T35" s="78"/>
+      <c r="U35" s="79"/>
+    </row>
+    <row r="36" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="119"/>
+      <c r="B36" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C36" s="34" t="s">
+      <c r="C36" s="28" t="s">
         <v>47</v>
       </c>
-      <c r="D36" s="46" t="s">
+      <c r="D36" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="E36" s="135"/>
-[...19 lines deleted...]
-      <c r="B37" s="21" t="s">
+      <c r="E36" s="121"/>
+      <c r="F36" s="122"/>
+      <c r="G36" s="122"/>
+      <c r="H36" s="122"/>
+      <c r="I36" s="122"/>
+      <c r="J36" s="122"/>
+      <c r="K36" s="101"/>
+      <c r="L36" s="101"/>
+      <c r="M36" s="101"/>
+      <c r="N36" s="101"/>
+      <c r="O36" s="75"/>
+      <c r="P36" s="75"/>
+      <c r="Q36" s="75"/>
+      <c r="R36" s="75"/>
+      <c r="S36" s="75"/>
+      <c r="T36" s="75"/>
+      <c r="U36" s="77"/>
+    </row>
+    <row r="37" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="119"/>
+      <c r="B37" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C37" s="22"/>
-      <c r="D37" s="55" t="s">
+      <c r="D37" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="E37" s="96" t="s">
+      <c r="E37" s="84" t="s">
         <v>0</v>
       </c>
-      <c r="F37" s="97"/>
-[...4 lines deleted...]
-      <c r="K37" s="84" t="s">
+      <c r="F37" s="85"/>
+      <c r="G37" s="85"/>
+      <c r="H37" s="85"/>
+      <c r="I37" s="85"/>
+      <c r="J37" s="85"/>
+      <c r="K37" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="L37" s="84"/>
-[...12 lines deleted...]
-      <c r="B38" s="45" t="s">
+      <c r="L37" s="72"/>
+      <c r="M37" s="72"/>
+      <c r="N37" s="72"/>
+      <c r="O37" s="78"/>
+      <c r="P37" s="78"/>
+      <c r="Q37" s="78"/>
+      <c r="R37" s="78"/>
+      <c r="S37" s="78"/>
+      <c r="T37" s="78"/>
+      <c r="U37" s="79"/>
+    </row>
+    <row r="38" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="120"/>
+      <c r="B38" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C38" s="35" t="s">
+      <c r="C38" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D38" s="46" t="s">
+      <c r="D38" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="E38" s="135"/>
-[...19 lines deleted...]
-      <c r="B39" s="21" t="s">
+      <c r="E38" s="121"/>
+      <c r="F38" s="122"/>
+      <c r="G38" s="122"/>
+      <c r="H38" s="122"/>
+      <c r="I38" s="122"/>
+      <c r="J38" s="122"/>
+      <c r="K38" s="101"/>
+      <c r="L38" s="101"/>
+      <c r="M38" s="101"/>
+      <c r="N38" s="101"/>
+      <c r="O38" s="75"/>
+      <c r="P38" s="75"/>
+      <c r="Q38" s="75"/>
+      <c r="R38" s="75"/>
+      <c r="S38" s="75"/>
+      <c r="T38" s="75"/>
+      <c r="U38" s="77"/>
+    </row>
+    <row r="39" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="120"/>
+      <c r="B39" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C39" s="22"/>
-      <c r="D39" s="55" t="s">
+      <c r="D39" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="E39" s="96" t="s">
+      <c r="E39" s="84" t="s">
         <v>0</v>
       </c>
-      <c r="F39" s="97"/>
-[...4 lines deleted...]
-      <c r="K39" s="116" t="s">
+      <c r="F39" s="85"/>
+      <c r="G39" s="85"/>
+      <c r="H39" s="85"/>
+      <c r="I39" s="85"/>
+      <c r="J39" s="85"/>
+      <c r="K39" s="102" t="s">
         <v>0</v>
       </c>
-      <c r="L39" s="116"/>
-[...12 lines deleted...]
-      <c r="B40" s="45" t="s">
+      <c r="L39" s="102"/>
+      <c r="M39" s="102"/>
+      <c r="N39" s="102"/>
+      <c r="O39" s="103"/>
+      <c r="P39" s="103"/>
+      <c r="Q39" s="103"/>
+      <c r="R39" s="103"/>
+      <c r="S39" s="103"/>
+      <c r="T39" s="103"/>
+      <c r="U39" s="104"/>
+    </row>
+    <row r="40" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="120"/>
+      <c r="B40" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C40" s="35" t="s">
+      <c r="C40" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D40" s="46" t="s">
+      <c r="D40" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="E40" s="135"/>
-[...19 lines deleted...]
-      <c r="B41" s="21" t="s">
+      <c r="E40" s="121"/>
+      <c r="F40" s="122"/>
+      <c r="G40" s="122"/>
+      <c r="H40" s="122"/>
+      <c r="I40" s="122"/>
+      <c r="J40" s="122"/>
+      <c r="K40" s="101"/>
+      <c r="L40" s="101"/>
+      <c r="M40" s="101"/>
+      <c r="N40" s="101"/>
+      <c r="O40" s="75"/>
+      <c r="P40" s="75"/>
+      <c r="Q40" s="75"/>
+      <c r="R40" s="75"/>
+      <c r="S40" s="75"/>
+      <c r="T40" s="75"/>
+      <c r="U40" s="77"/>
+    </row>
+    <row r="41" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="120"/>
+      <c r="B41" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C41" s="22"/>
-      <c r="D41" s="55" t="s">
+      <c r="D41" s="45" t="s">
         <v>46</v>
       </c>
-      <c r="E41" s="96" t="s">
+      <c r="E41" s="84" t="s">
         <v>0</v>
       </c>
-      <c r="F41" s="97"/>
-[...4 lines deleted...]
-      <c r="K41" s="84" t="s">
+      <c r="F41" s="85"/>
+      <c r="G41" s="85"/>
+      <c r="H41" s="85"/>
+      <c r="I41" s="85"/>
+      <c r="J41" s="85"/>
+      <c r="K41" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="L41" s="84"/>
-[...12 lines deleted...]
-      <c r="B42" s="47" t="s">
+      <c r="L41" s="72"/>
+      <c r="M41" s="72"/>
+      <c r="N41" s="72"/>
+      <c r="O41" s="78"/>
+      <c r="P41" s="78"/>
+      <c r="Q41" s="78"/>
+      <c r="R41" s="78"/>
+      <c r="S41" s="78"/>
+      <c r="T41" s="78"/>
+      <c r="U41" s="79"/>
+    </row>
+    <row r="42" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="120"/>
+      <c r="B42" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="C42" s="36" t="s">
+      <c r="C42" s="30" t="s">
         <v>47</v>
       </c>
-      <c r="D42" s="48" t="s">
+      <c r="D42" s="40" t="s">
         <v>0</v>
       </c>
-      <c r="E42" s="98"/>
-[...18 lines deleted...]
-      <c r="A43" s="81" t="s">
+      <c r="E42" s="86"/>
+      <c r="F42" s="87"/>
+      <c r="G42" s="87"/>
+      <c r="H42" s="87"/>
+      <c r="I42" s="87"/>
+      <c r="J42" s="87"/>
+      <c r="K42" s="73"/>
+      <c r="L42" s="73"/>
+      <c r="M42" s="73"/>
+      <c r="N42" s="73"/>
+      <c r="O42" s="74"/>
+      <c r="P42" s="74"/>
+      <c r="Q42" s="74"/>
+      <c r="R42" s="74"/>
+      <c r="S42" s="74"/>
+      <c r="T42" s="74"/>
+      <c r="U42" s="76"/>
+    </row>
+    <row r="43" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="69" t="s">
         <v>48</v>
       </c>
-      <c r="B43" s="30" t="s">
+      <c r="B43" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="C43" s="31"/>
-      <c r="D43" s="32" t="s">
+      <c r="C43" s="25"/>
+      <c r="D43" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="E43" s="92"/>
-[...20 lines deleted...]
-      <c r="C44" s="38" t="s">
+      <c r="E43" s="80"/>
+      <c r="F43" s="80"/>
+      <c r="G43" s="80"/>
+      <c r="H43" s="80"/>
+      <c r="I43" s="80"/>
+      <c r="J43" s="80"/>
+      <c r="K43" s="74"/>
+      <c r="L43" s="74"/>
+      <c r="M43" s="74"/>
+      <c r="N43" s="74"/>
+      <c r="O43" s="74"/>
+      <c r="P43" s="74"/>
+      <c r="Q43" s="74"/>
+      <c r="R43" s="74"/>
+      <c r="S43" s="74"/>
+      <c r="T43" s="74"/>
+      <c r="U43" s="76"/>
+    </row>
+    <row r="44" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="69"/>
+      <c r="B44" s="31"/>
+      <c r="C44" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D44" s="39"/>
-[...20 lines deleted...]
-      <c r="B45" s="21" t="s">
+      <c r="D44" s="32"/>
+      <c r="E44" s="81"/>
+      <c r="F44" s="81"/>
+      <c r="G44" s="81"/>
+      <c r="H44" s="81"/>
+      <c r="I44" s="81"/>
+      <c r="J44" s="81"/>
+      <c r="K44" s="75"/>
+      <c r="L44" s="75"/>
+      <c r="M44" s="75"/>
+      <c r="N44" s="75"/>
+      <c r="O44" s="75"/>
+      <c r="P44" s="75"/>
+      <c r="Q44" s="75"/>
+      <c r="R44" s="75"/>
+      <c r="S44" s="75"/>
+      <c r="T44" s="75"/>
+      <c r="U44" s="77"/>
+    </row>
+    <row r="45" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="69"/>
+      <c r="B45" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C45" s="22"/>
-      <c r="D45" s="22" t="s">
+      <c r="D45" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E45" s="94"/>
-[...20 lines deleted...]
-      <c r="C46" s="38" t="s">
+      <c r="E45" s="82"/>
+      <c r="F45" s="82"/>
+      <c r="G45" s="82"/>
+      <c r="H45" s="82"/>
+      <c r="I45" s="82"/>
+      <c r="J45" s="82"/>
+      <c r="K45" s="78"/>
+      <c r="L45" s="78"/>
+      <c r="M45" s="78"/>
+      <c r="N45" s="78"/>
+      <c r="O45" s="78"/>
+      <c r="P45" s="78"/>
+      <c r="Q45" s="78"/>
+      <c r="R45" s="78"/>
+      <c r="S45" s="78"/>
+      <c r="T45" s="78"/>
+      <c r="U45" s="79"/>
+    </row>
+    <row r="46" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="69"/>
+      <c r="B46" s="31"/>
+      <c r="C46" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D46" s="39"/>
-[...20 lines deleted...]
-      <c r="B47" s="21" t="s">
+      <c r="D46" s="32"/>
+      <c r="E46" s="81"/>
+      <c r="F46" s="81"/>
+      <c r="G46" s="81"/>
+      <c r="H46" s="81"/>
+      <c r="I46" s="81"/>
+      <c r="J46" s="81"/>
+      <c r="K46" s="75"/>
+      <c r="L46" s="75"/>
+      <c r="M46" s="75"/>
+      <c r="N46" s="75"/>
+      <c r="O46" s="75"/>
+      <c r="P46" s="75"/>
+      <c r="Q46" s="75"/>
+      <c r="R46" s="75"/>
+      <c r="S46" s="75"/>
+      <c r="T46" s="75"/>
+      <c r="U46" s="77"/>
+    </row>
+    <row r="47" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="69"/>
+      <c r="B47" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C47" s="22"/>
-      <c r="D47" s="22" t="s">
+      <c r="D47" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E47" s="94"/>
-[...20 lines deleted...]
-      <c r="C48" s="38" t="s">
+      <c r="E47" s="82"/>
+      <c r="F47" s="82"/>
+      <c r="G47" s="82"/>
+      <c r="H47" s="82"/>
+      <c r="I47" s="82"/>
+      <c r="J47" s="82"/>
+      <c r="K47" s="78"/>
+      <c r="L47" s="78"/>
+      <c r="M47" s="78"/>
+      <c r="N47" s="78"/>
+      <c r="O47" s="78"/>
+      <c r="P47" s="78"/>
+      <c r="Q47" s="78"/>
+      <c r="R47" s="78"/>
+      <c r="S47" s="78"/>
+      <c r="T47" s="78"/>
+      <c r="U47" s="79"/>
+    </row>
+    <row r="48" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="70"/>
+      <c r="B48" s="31"/>
+      <c r="C48" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D48" s="39"/>
-[...20 lines deleted...]
-      <c r="B49" s="21" t="s">
+      <c r="D48" s="32"/>
+      <c r="E48" s="81"/>
+      <c r="F48" s="81"/>
+      <c r="G48" s="81"/>
+      <c r="H48" s="81"/>
+      <c r="I48" s="81"/>
+      <c r="J48" s="81"/>
+      <c r="K48" s="75"/>
+      <c r="L48" s="75"/>
+      <c r="M48" s="75"/>
+      <c r="N48" s="75"/>
+      <c r="O48" s="75"/>
+      <c r="P48" s="75"/>
+      <c r="Q48" s="75"/>
+      <c r="R48" s="75"/>
+      <c r="S48" s="75"/>
+      <c r="T48" s="75"/>
+      <c r="U48" s="77"/>
+    </row>
+    <row r="49" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="70"/>
+      <c r="B49" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C49" s="22"/>
-      <c r="D49" s="22" t="s">
+      <c r="D49" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E49" s="94"/>
-[...20 lines deleted...]
-      <c r="C50" s="38" t="s">
+      <c r="E49" s="82"/>
+      <c r="F49" s="82"/>
+      <c r="G49" s="82"/>
+      <c r="H49" s="82"/>
+      <c r="I49" s="82"/>
+      <c r="J49" s="82"/>
+      <c r="K49" s="78"/>
+      <c r="L49" s="78"/>
+      <c r="M49" s="78"/>
+      <c r="N49" s="78"/>
+      <c r="O49" s="78"/>
+      <c r="P49" s="78"/>
+      <c r="Q49" s="78"/>
+      <c r="R49" s="78"/>
+      <c r="S49" s="78"/>
+      <c r="T49" s="78"/>
+      <c r="U49" s="79"/>
+    </row>
+    <row r="50" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="70"/>
+      <c r="B50" s="31"/>
+      <c r="C50" s="29" t="s">
         <v>47</v>
       </c>
-      <c r="D50" s="39"/>
-[...20 lines deleted...]
-      <c r="B51" s="21" t="s">
+      <c r="D50" s="32"/>
+      <c r="E50" s="81"/>
+      <c r="F50" s="81"/>
+      <c r="G50" s="81"/>
+      <c r="H50" s="81"/>
+      <c r="I50" s="81"/>
+      <c r="J50" s="81"/>
+      <c r="K50" s="75"/>
+      <c r="L50" s="75"/>
+      <c r="M50" s="75"/>
+      <c r="N50" s="75"/>
+      <c r="O50" s="75"/>
+      <c r="P50" s="75"/>
+      <c r="Q50" s="75"/>
+      <c r="R50" s="75"/>
+      <c r="S50" s="75"/>
+      <c r="T50" s="75"/>
+      <c r="U50" s="77"/>
+    </row>
+    <row r="51" spans="1:21" ht="20.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="70"/>
+      <c r="B51" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="C51" s="22"/>
-      <c r="D51" s="22" t="s">
+      <c r="D51" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E51" s="94"/>
-[...20 lines deleted...]
-      <c r="C52" s="41" t="s">
+      <c r="E51" s="82"/>
+      <c r="F51" s="82"/>
+      <c r="G51" s="82"/>
+      <c r="H51" s="82"/>
+      <c r="I51" s="82"/>
+      <c r="J51" s="82"/>
+      <c r="K51" s="78"/>
+      <c r="L51" s="78"/>
+      <c r="M51" s="78"/>
+      <c r="N51" s="78"/>
+      <c r="O51" s="78"/>
+      <c r="P51" s="78"/>
+      <c r="Q51" s="78"/>
+      <c r="R51" s="78"/>
+      <c r="S51" s="78"/>
+      <c r="T51" s="78"/>
+      <c r="U51" s="79"/>
+    </row>
+    <row r="52" spans="1:21" ht="20.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="71"/>
+      <c r="B52" s="33"/>
+      <c r="C52" s="34" t="s">
         <v>47</v>
       </c>
-      <c r="D52" s="42"/>
-[...19 lines deleted...]
-      <c r="A53" s="43" t="s">
+      <c r="D52" s="35"/>
+      <c r="E52" s="83"/>
+      <c r="F52" s="83"/>
+      <c r="G52" s="83"/>
+      <c r="H52" s="83"/>
+      <c r="I52" s="83"/>
+      <c r="J52" s="83"/>
+      <c r="K52" s="105"/>
+      <c r="L52" s="105"/>
+      <c r="M52" s="105"/>
+      <c r="N52" s="105"/>
+      <c r="O52" s="105"/>
+      <c r="P52" s="105"/>
+      <c r="Q52" s="105"/>
+      <c r="R52" s="105"/>
+      <c r="S52" s="105"/>
+      <c r="T52" s="105"/>
+      <c r="U52" s="106"/>
+    </row>
+    <row r="53" spans="1:21" ht="14.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="36" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="54" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A54" s="58" t="s">
+    <row r="54" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="1" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="55" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A55" s="59" t="s">
+    <row r="55" spans="1:21" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="47" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="56" spans="1:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
-[...7 lines deleted...]
-      <c r="U56" s="57" t="s">
+    <row r="56" spans="1:21" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M56" s="46"/>
+      <c r="N56" s="46"/>
+      <c r="O56" s="46"/>
+      <c r="P56" s="46"/>
+      <c r="Q56" s="46"/>
+      <c r="R56" s="46"/>
+      <c r="T56" s="46"/>
+      <c r="U56" s="46" t="s">
         <v>54</v>
       </c>
-      <c r="V56" s="6"/>
-[...2 lines deleted...]
-    <row r="424" spans="11:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="424" spans="11:11" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K424" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="H15:N15" name="範囲9_1"/>
     <protectedRange sqref="E25 G25 L25 N25 P25 D52 B27:T28 O33:U52 E43:N52 D44 B44 B46 D46 B48 D48 B50 D50 B52 I25" name="範囲7_1"/>
     <protectedRange sqref="A20:U23" name="範囲5_1"/>
     <protectedRange sqref="T1" name="範囲3_1"/>
     <protectedRange sqref="A1" name="範囲1_1"/>
     <protectedRange sqref="R1" name="範囲2_1"/>
     <protectedRange sqref="R16:T16" name="範囲4_1"/>
     <protectedRange sqref="H19:J19 M19:U19" name="範囲6_1"/>
     <protectedRange sqref="O1:P1" name="範囲8_1"/>
   </protectedRanges>
   <mergeCells count="85">
     <mergeCell ref="K51:N52"/>
     <mergeCell ref="O51:U52"/>
     <mergeCell ref="H23:J23"/>
     <mergeCell ref="O33:U34"/>
     <mergeCell ref="B27:T27"/>
     <mergeCell ref="B28:T28"/>
     <mergeCell ref="B32:D32"/>
@@ -5235,51 +5080,51 @@
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="H22:J22"/>
     <mergeCell ref="C21:G21"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="K18:L18"/>
   </mergeCells>
   <phoneticPr fontId="19"/>
   <dataValidations count="5">
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D42 B42 B40 D40 D38 B38 B36 D36 D34 B34 O11:U11 E24 G24 I24 L24 N24 P24 N9:U10 O1:P1" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H15:N15" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>$W$3:$W$8</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R1" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"4,5,6,7,8,9,10,11,12,1,2,3"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T1" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="H19:J23" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>"J13W, J6W, 9D, A9D"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="82" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="79" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>