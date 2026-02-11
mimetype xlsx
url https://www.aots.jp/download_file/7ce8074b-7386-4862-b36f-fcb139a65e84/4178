--- v0 (2025-10-11)
+++ v1 (2026-02-11)
@@ -5,84 +5,84 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tsrfl011\人事G\4. 採用\2. 有期契約_臨時職員_嘱託職員_出向\1. 有期職員\2025\〇公募\3.JLTC\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tsrfl011\人事G\4. 採用\2. 有期契約_臨時職員_嘱託職員_出向\1. 有期職員\2025\〇公募\3.グローバル事業部（JLTC）\1.募集\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{946B3F5F-E31B-41DF-B718-C9BEC3FC995D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8A4D88B8-4844-4C46-9CE2-EB6532AF42CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="履歴書" sheetId="1" r:id="rId1"/>
     <sheet name="別添　同意書" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'別添　同意書'!$A$1:$I$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'別添　同意書'!$A$1:$I$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">履歴書!$A$1:$AH$67</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="76">
   <si>
     <t>一般財団法人　海外産業人材育成協会</t>
     <rPh sb="0" eb="2">
       <t>イッパン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ザイダン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カイガイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>サンギョウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ジンザイ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>イクセイ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>キョウカイ</t>
@@ -620,59 +620,68 @@
       <t>ショウバツ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>バアイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>健康状態</t>
     <rPh sb="0" eb="4">
       <t>ケンコウジョウタイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>JREC-IN Portal</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日本語教育学会　</t>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>７．ご提供いただく個人情報の正確性等の確保及び当協会からこれまでの勤務先等への確認（重要）</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ご提供いただく個人情報は正確かつ真実であることの必要性を理解し、記載事項と事実に相違が生じた場合には内定後、採用後を問わず当協会が無条件に雇用契約を解除することに同意します。
+また、当協会が採用選考のため、ご本人様の過去の勤務先に対して、在籍歴の有無、在籍期間、契約形態、地位・職位・役職、退職理由の詳細、賞罰の有無等について問い合わせ・照会を行い、その回答を取得する場合があることについて同意します。（ただし、現に勤務している勤務先は除く。）</t>
+    <phoneticPr fontId="2"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
-  <fonts count="30">
+  <fonts count="31">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <color indexed="23"/>
       <name val="ＭＳ Ｐゴシック"/>
@@ -838,50 +847,56 @@
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="ＭＳ 明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1277,51 +1292,51 @@
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="216">
+  <cellXfs count="220">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -1392,227 +1407,333 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-[...65 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1630,297 +1751,201 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="14" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="176" fontId="28" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
-[...184 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="28" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="ハイパーリンク" xfId="2" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2331,57 +2356,57 @@
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
             <a:t>「別添　同意書」シートをご覧ください。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>198120</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>91441</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>441960</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>161926</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="テキスト ボックス 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF969F57-6AED-4CEA-937C-91EC79B167D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7027545" y="7806691"/>
           <a:ext cx="3177540" cy="1108710"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
@@ -2735,248 +2760,248 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aots.jp/privacy-policy/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aots.jp/privacy-policy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AW69"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="AO7" sqref="AO7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="13"/>
+  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" style="1" customWidth="1"/>
-[...190 lines deleted...]
-    <col min="16167" max="16384" width="2.6328125" style="1"/>
+    <col min="1" max="1" width="2.75" style="1" customWidth="1"/>
+    <col min="2" max="38" width="2.625" style="1" customWidth="1"/>
+    <col min="39" max="256" width="2.625" style="1"/>
+    <col min="257" max="257" width="2.75" style="1" customWidth="1"/>
+    <col min="258" max="294" width="2.625" style="1" customWidth="1"/>
+    <col min="295" max="512" width="2.625" style="1"/>
+    <col min="513" max="513" width="2.75" style="1" customWidth="1"/>
+    <col min="514" max="550" width="2.625" style="1" customWidth="1"/>
+    <col min="551" max="768" width="2.625" style="1"/>
+    <col min="769" max="769" width="2.75" style="1" customWidth="1"/>
+    <col min="770" max="806" width="2.625" style="1" customWidth="1"/>
+    <col min="807" max="1024" width="2.625" style="1"/>
+    <col min="1025" max="1025" width="2.75" style="1" customWidth="1"/>
+    <col min="1026" max="1062" width="2.625" style="1" customWidth="1"/>
+    <col min="1063" max="1280" width="2.625" style="1"/>
+    <col min="1281" max="1281" width="2.75" style="1" customWidth="1"/>
+    <col min="1282" max="1318" width="2.625" style="1" customWidth="1"/>
+    <col min="1319" max="1536" width="2.625" style="1"/>
+    <col min="1537" max="1537" width="2.75" style="1" customWidth="1"/>
+    <col min="1538" max="1574" width="2.625" style="1" customWidth="1"/>
+    <col min="1575" max="1792" width="2.625" style="1"/>
+    <col min="1793" max="1793" width="2.75" style="1" customWidth="1"/>
+    <col min="1794" max="1830" width="2.625" style="1" customWidth="1"/>
+    <col min="1831" max="2048" width="2.625" style="1"/>
+    <col min="2049" max="2049" width="2.75" style="1" customWidth="1"/>
+    <col min="2050" max="2086" width="2.625" style="1" customWidth="1"/>
+    <col min="2087" max="2304" width="2.625" style="1"/>
+    <col min="2305" max="2305" width="2.75" style="1" customWidth="1"/>
+    <col min="2306" max="2342" width="2.625" style="1" customWidth="1"/>
+    <col min="2343" max="2560" width="2.625" style="1"/>
+    <col min="2561" max="2561" width="2.75" style="1" customWidth="1"/>
+    <col min="2562" max="2598" width="2.625" style="1" customWidth="1"/>
+    <col min="2599" max="2816" width="2.625" style="1"/>
+    <col min="2817" max="2817" width="2.75" style="1" customWidth="1"/>
+    <col min="2818" max="2854" width="2.625" style="1" customWidth="1"/>
+    <col min="2855" max="3072" width="2.625" style="1"/>
+    <col min="3073" max="3073" width="2.75" style="1" customWidth="1"/>
+    <col min="3074" max="3110" width="2.625" style="1" customWidth="1"/>
+    <col min="3111" max="3328" width="2.625" style="1"/>
+    <col min="3329" max="3329" width="2.75" style="1" customWidth="1"/>
+    <col min="3330" max="3366" width="2.625" style="1" customWidth="1"/>
+    <col min="3367" max="3584" width="2.625" style="1"/>
+    <col min="3585" max="3585" width="2.75" style="1" customWidth="1"/>
+    <col min="3586" max="3622" width="2.625" style="1" customWidth="1"/>
+    <col min="3623" max="3840" width="2.625" style="1"/>
+    <col min="3841" max="3841" width="2.75" style="1" customWidth="1"/>
+    <col min="3842" max="3878" width="2.625" style="1" customWidth="1"/>
+    <col min="3879" max="4096" width="2.625" style="1"/>
+    <col min="4097" max="4097" width="2.75" style="1" customWidth="1"/>
+    <col min="4098" max="4134" width="2.625" style="1" customWidth="1"/>
+    <col min="4135" max="4352" width="2.625" style="1"/>
+    <col min="4353" max="4353" width="2.75" style="1" customWidth="1"/>
+    <col min="4354" max="4390" width="2.625" style="1" customWidth="1"/>
+    <col min="4391" max="4608" width="2.625" style="1"/>
+    <col min="4609" max="4609" width="2.75" style="1" customWidth="1"/>
+    <col min="4610" max="4646" width="2.625" style="1" customWidth="1"/>
+    <col min="4647" max="4864" width="2.625" style="1"/>
+    <col min="4865" max="4865" width="2.75" style="1" customWidth="1"/>
+    <col min="4866" max="4902" width="2.625" style="1" customWidth="1"/>
+    <col min="4903" max="5120" width="2.625" style="1"/>
+    <col min="5121" max="5121" width="2.75" style="1" customWidth="1"/>
+    <col min="5122" max="5158" width="2.625" style="1" customWidth="1"/>
+    <col min="5159" max="5376" width="2.625" style="1"/>
+    <col min="5377" max="5377" width="2.75" style="1" customWidth="1"/>
+    <col min="5378" max="5414" width="2.625" style="1" customWidth="1"/>
+    <col min="5415" max="5632" width="2.625" style="1"/>
+    <col min="5633" max="5633" width="2.75" style="1" customWidth="1"/>
+    <col min="5634" max="5670" width="2.625" style="1" customWidth="1"/>
+    <col min="5671" max="5888" width="2.625" style="1"/>
+    <col min="5889" max="5889" width="2.75" style="1" customWidth="1"/>
+    <col min="5890" max="5926" width="2.625" style="1" customWidth="1"/>
+    <col min="5927" max="6144" width="2.625" style="1"/>
+    <col min="6145" max="6145" width="2.75" style="1" customWidth="1"/>
+    <col min="6146" max="6182" width="2.625" style="1" customWidth="1"/>
+    <col min="6183" max="6400" width="2.625" style="1"/>
+    <col min="6401" max="6401" width="2.75" style="1" customWidth="1"/>
+    <col min="6402" max="6438" width="2.625" style="1" customWidth="1"/>
+    <col min="6439" max="6656" width="2.625" style="1"/>
+    <col min="6657" max="6657" width="2.75" style="1" customWidth="1"/>
+    <col min="6658" max="6694" width="2.625" style="1" customWidth="1"/>
+    <col min="6695" max="6912" width="2.625" style="1"/>
+    <col min="6913" max="6913" width="2.75" style="1" customWidth="1"/>
+    <col min="6914" max="6950" width="2.625" style="1" customWidth="1"/>
+    <col min="6951" max="7168" width="2.625" style="1"/>
+    <col min="7169" max="7169" width="2.75" style="1" customWidth="1"/>
+    <col min="7170" max="7206" width="2.625" style="1" customWidth="1"/>
+    <col min="7207" max="7424" width="2.625" style="1"/>
+    <col min="7425" max="7425" width="2.75" style="1" customWidth="1"/>
+    <col min="7426" max="7462" width="2.625" style="1" customWidth="1"/>
+    <col min="7463" max="7680" width="2.625" style="1"/>
+    <col min="7681" max="7681" width="2.75" style="1" customWidth="1"/>
+    <col min="7682" max="7718" width="2.625" style="1" customWidth="1"/>
+    <col min="7719" max="7936" width="2.625" style="1"/>
+    <col min="7937" max="7937" width="2.75" style="1" customWidth="1"/>
+    <col min="7938" max="7974" width="2.625" style="1" customWidth="1"/>
+    <col min="7975" max="8192" width="2.625" style="1"/>
+    <col min="8193" max="8193" width="2.75" style="1" customWidth="1"/>
+    <col min="8194" max="8230" width="2.625" style="1" customWidth="1"/>
+    <col min="8231" max="8448" width="2.625" style="1"/>
+    <col min="8449" max="8449" width="2.75" style="1" customWidth="1"/>
+    <col min="8450" max="8486" width="2.625" style="1" customWidth="1"/>
+    <col min="8487" max="8704" width="2.625" style="1"/>
+    <col min="8705" max="8705" width="2.75" style="1" customWidth="1"/>
+    <col min="8706" max="8742" width="2.625" style="1" customWidth="1"/>
+    <col min="8743" max="8960" width="2.625" style="1"/>
+    <col min="8961" max="8961" width="2.75" style="1" customWidth="1"/>
+    <col min="8962" max="8998" width="2.625" style="1" customWidth="1"/>
+    <col min="8999" max="9216" width="2.625" style="1"/>
+    <col min="9217" max="9217" width="2.75" style="1" customWidth="1"/>
+    <col min="9218" max="9254" width="2.625" style="1" customWidth="1"/>
+    <col min="9255" max="9472" width="2.625" style="1"/>
+    <col min="9473" max="9473" width="2.75" style="1" customWidth="1"/>
+    <col min="9474" max="9510" width="2.625" style="1" customWidth="1"/>
+    <col min="9511" max="9728" width="2.625" style="1"/>
+    <col min="9729" max="9729" width="2.75" style="1" customWidth="1"/>
+    <col min="9730" max="9766" width="2.625" style="1" customWidth="1"/>
+    <col min="9767" max="9984" width="2.625" style="1"/>
+    <col min="9985" max="9985" width="2.75" style="1" customWidth="1"/>
+    <col min="9986" max="10022" width="2.625" style="1" customWidth="1"/>
+    <col min="10023" max="10240" width="2.625" style="1"/>
+    <col min="10241" max="10241" width="2.75" style="1" customWidth="1"/>
+    <col min="10242" max="10278" width="2.625" style="1" customWidth="1"/>
+    <col min="10279" max="10496" width="2.625" style="1"/>
+    <col min="10497" max="10497" width="2.75" style="1" customWidth="1"/>
+    <col min="10498" max="10534" width="2.625" style="1" customWidth="1"/>
+    <col min="10535" max="10752" width="2.625" style="1"/>
+    <col min="10753" max="10753" width="2.75" style="1" customWidth="1"/>
+    <col min="10754" max="10790" width="2.625" style="1" customWidth="1"/>
+    <col min="10791" max="11008" width="2.625" style="1"/>
+    <col min="11009" max="11009" width="2.75" style="1" customWidth="1"/>
+    <col min="11010" max="11046" width="2.625" style="1" customWidth="1"/>
+    <col min="11047" max="11264" width="2.625" style="1"/>
+    <col min="11265" max="11265" width="2.75" style="1" customWidth="1"/>
+    <col min="11266" max="11302" width="2.625" style="1" customWidth="1"/>
+    <col min="11303" max="11520" width="2.625" style="1"/>
+    <col min="11521" max="11521" width="2.75" style="1" customWidth="1"/>
+    <col min="11522" max="11558" width="2.625" style="1" customWidth="1"/>
+    <col min="11559" max="11776" width="2.625" style="1"/>
+    <col min="11777" max="11777" width="2.75" style="1" customWidth="1"/>
+    <col min="11778" max="11814" width="2.625" style="1" customWidth="1"/>
+    <col min="11815" max="12032" width="2.625" style="1"/>
+    <col min="12033" max="12033" width="2.75" style="1" customWidth="1"/>
+    <col min="12034" max="12070" width="2.625" style="1" customWidth="1"/>
+    <col min="12071" max="12288" width="2.625" style="1"/>
+    <col min="12289" max="12289" width="2.75" style="1" customWidth="1"/>
+    <col min="12290" max="12326" width="2.625" style="1" customWidth="1"/>
+    <col min="12327" max="12544" width="2.625" style="1"/>
+    <col min="12545" max="12545" width="2.75" style="1" customWidth="1"/>
+    <col min="12546" max="12582" width="2.625" style="1" customWidth="1"/>
+    <col min="12583" max="12800" width="2.625" style="1"/>
+    <col min="12801" max="12801" width="2.75" style="1" customWidth="1"/>
+    <col min="12802" max="12838" width="2.625" style="1" customWidth="1"/>
+    <col min="12839" max="13056" width="2.625" style="1"/>
+    <col min="13057" max="13057" width="2.75" style="1" customWidth="1"/>
+    <col min="13058" max="13094" width="2.625" style="1" customWidth="1"/>
+    <col min="13095" max="13312" width="2.625" style="1"/>
+    <col min="13313" max="13313" width="2.75" style="1" customWidth="1"/>
+    <col min="13314" max="13350" width="2.625" style="1" customWidth="1"/>
+    <col min="13351" max="13568" width="2.625" style="1"/>
+    <col min="13569" max="13569" width="2.75" style="1" customWidth="1"/>
+    <col min="13570" max="13606" width="2.625" style="1" customWidth="1"/>
+    <col min="13607" max="13824" width="2.625" style="1"/>
+    <col min="13825" max="13825" width="2.75" style="1" customWidth="1"/>
+    <col min="13826" max="13862" width="2.625" style="1" customWidth="1"/>
+    <col min="13863" max="14080" width="2.625" style="1"/>
+    <col min="14081" max="14081" width="2.75" style="1" customWidth="1"/>
+    <col min="14082" max="14118" width="2.625" style="1" customWidth="1"/>
+    <col min="14119" max="14336" width="2.625" style="1"/>
+    <col min="14337" max="14337" width="2.75" style="1" customWidth="1"/>
+    <col min="14338" max="14374" width="2.625" style="1" customWidth="1"/>
+    <col min="14375" max="14592" width="2.625" style="1"/>
+    <col min="14593" max="14593" width="2.75" style="1" customWidth="1"/>
+    <col min="14594" max="14630" width="2.625" style="1" customWidth="1"/>
+    <col min="14631" max="14848" width="2.625" style="1"/>
+    <col min="14849" max="14849" width="2.75" style="1" customWidth="1"/>
+    <col min="14850" max="14886" width="2.625" style="1" customWidth="1"/>
+    <col min="14887" max="15104" width="2.625" style="1"/>
+    <col min="15105" max="15105" width="2.75" style="1" customWidth="1"/>
+    <col min="15106" max="15142" width="2.625" style="1" customWidth="1"/>
+    <col min="15143" max="15360" width="2.625" style="1"/>
+    <col min="15361" max="15361" width="2.75" style="1" customWidth="1"/>
+    <col min="15362" max="15398" width="2.625" style="1" customWidth="1"/>
+    <col min="15399" max="15616" width="2.625" style="1"/>
+    <col min="15617" max="15617" width="2.75" style="1" customWidth="1"/>
+    <col min="15618" max="15654" width="2.625" style="1" customWidth="1"/>
+    <col min="15655" max="15872" width="2.625" style="1"/>
+    <col min="15873" max="15873" width="2.75" style="1" customWidth="1"/>
+    <col min="15874" max="15910" width="2.625" style="1" customWidth="1"/>
+    <col min="15911" max="16128" width="2.625" style="1"/>
+    <col min="16129" max="16129" width="2.75" style="1" customWidth="1"/>
+    <col min="16130" max="16166" width="2.625" style="1" customWidth="1"/>
+    <col min="16167" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="13.5" customHeight="1">
       <c r="A1" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="41"/>
       <c r="C1" s="41"/>
       <c r="D1" s="41"/>
       <c r="E1" s="41"/>
       <c r="F1" s="41"/>
       <c r="G1" s="41"/>
       <c r="H1" s="41"/>
       <c r="I1" s="41"/>
       <c r="J1" s="41"/>
       <c r="K1" s="41"/>
       <c r="L1" s="41"/>
       <c r="M1" s="41"/>
       <c r="N1" s="41"/>
       <c r="O1" s="41"/>
       <c r="P1" s="41"/>
       <c r="Q1" s="41"/>
       <c r="R1" s="41"/>
       <c r="S1" s="41"/>
       <c r="T1" s="2"/>
@@ -3051,1872 +3076,1872 @@
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
       <c r="Z4"/>
       <c r="AA4"/>
       <c r="AB4"/>
       <c r="AC4"/>
       <c r="AD4"/>
       <c r="AE4"/>
       <c r="AF4"/>
       <c r="AG4"/>
       <c r="AH4"/>
     </row>
     <row r="5" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B5" s="86" t="s">
+      <c r="B5" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="C5" s="87"/>
-[...4 lines deleted...]
-      <c r="W5" s="75" t="s">
+      <c r="C5" s="121"/>
+      <c r="D5" s="121"/>
+      <c r="E5" s="121"/>
+      <c r="F5" s="121"/>
+      <c r="G5" s="122"/>
+      <c r="W5" s="191" t="s">
         <v>27</v>
       </c>
-      <c r="X5" s="76"/>
-[...9 lines deleted...]
-      <c r="AH5" s="76"/>
+      <c r="X5" s="192"/>
+      <c r="Y5" s="192"/>
+      <c r="Z5" s="192"/>
+      <c r="AA5" s="192"/>
+      <c r="AB5" s="192"/>
+      <c r="AC5" s="192"/>
+      <c r="AD5" s="192"/>
+      <c r="AE5" s="192"/>
+      <c r="AF5" s="192"/>
+      <c r="AG5" s="192"/>
+      <c r="AH5" s="192"/>
     </row>
     <row r="6" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B6" s="89"/>
-[...5 lines deleted...]
-      <c r="I6" s="77" t="s">
+      <c r="B6" s="123"/>
+      <c r="C6" s="124"/>
+      <c r="D6" s="124"/>
+      <c r="E6" s="124"/>
+      <c r="F6" s="124"/>
+      <c r="G6" s="125"/>
+      <c r="I6" s="193" t="s">
         <v>2</v>
       </c>
-      <c r="J6" s="78"/>
-[...23 lines deleted...]
-      <c r="AH6" s="50"/>
+      <c r="J6" s="194"/>
+      <c r="K6" s="194"/>
+      <c r="L6" s="195"/>
+      <c r="M6" s="168"/>
+      <c r="N6" s="169"/>
+      <c r="O6" s="169"/>
+      <c r="P6" s="169"/>
+      <c r="Q6" s="169"/>
+      <c r="R6" s="169"/>
+      <c r="S6" s="169"/>
+      <c r="T6" s="169"/>
+      <c r="U6" s="169"/>
+      <c r="V6" s="169"/>
+      <c r="W6" s="169"/>
+      <c r="X6" s="169"/>
+      <c r="Y6" s="169"/>
+      <c r="Z6" s="169"/>
+      <c r="AA6" s="169"/>
+      <c r="AB6" s="169"/>
+      <c r="AC6" s="169"/>
+      <c r="AD6" s="169"/>
+      <c r="AE6" s="169"/>
+      <c r="AF6" s="169"/>
+      <c r="AG6" s="169"/>
+      <c r="AH6" s="170"/>
     </row>
     <row r="7" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B7" s="89"/>
-[...5 lines deleted...]
-      <c r="I7" s="80" t="s">
+      <c r="B7" s="123"/>
+      <c r="C7" s="124"/>
+      <c r="D7" s="124"/>
+      <c r="E7" s="124"/>
+      <c r="F7" s="124"/>
+      <c r="G7" s="125"/>
+      <c r="I7" s="196" t="s">
         <v>3</v>
       </c>
-      <c r="J7" s="81"/>
-[...23 lines deleted...]
-      <c r="AH7" s="68"/>
+      <c r="J7" s="197"/>
+      <c r="K7" s="197"/>
+      <c r="L7" s="198"/>
+      <c r="M7" s="182"/>
+      <c r="N7" s="183"/>
+      <c r="O7" s="183"/>
+      <c r="P7" s="183"/>
+      <c r="Q7" s="183"/>
+      <c r="R7" s="183"/>
+      <c r="S7" s="183"/>
+      <c r="T7" s="183"/>
+      <c r="U7" s="183"/>
+      <c r="V7" s="183"/>
+      <c r="W7" s="183"/>
+      <c r="X7" s="183"/>
+      <c r="Y7" s="183"/>
+      <c r="Z7" s="183"/>
+      <c r="AA7" s="183"/>
+      <c r="AB7" s="183"/>
+      <c r="AC7" s="183"/>
+      <c r="AD7" s="183"/>
+      <c r="AE7" s="183"/>
+      <c r="AF7" s="183"/>
+      <c r="AG7" s="183"/>
+      <c r="AH7" s="184"/>
     </row>
     <row r="8" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B8" s="89"/>
-[...30 lines deleted...]
-      <c r="AH8" s="71"/>
+      <c r="B8" s="123"/>
+      <c r="C8" s="124"/>
+      <c r="D8" s="124"/>
+      <c r="E8" s="124"/>
+      <c r="F8" s="124"/>
+      <c r="G8" s="125"/>
+      <c r="I8" s="142"/>
+      <c r="J8" s="143"/>
+      <c r="K8" s="143"/>
+      <c r="L8" s="144"/>
+      <c r="M8" s="185"/>
+      <c r="N8" s="186"/>
+      <c r="O8" s="186"/>
+      <c r="P8" s="186"/>
+      <c r="Q8" s="186"/>
+      <c r="R8" s="186"/>
+      <c r="S8" s="186"/>
+      <c r="T8" s="186"/>
+      <c r="U8" s="186"/>
+      <c r="V8" s="186"/>
+      <c r="W8" s="186"/>
+      <c r="X8" s="186"/>
+      <c r="Y8" s="186"/>
+      <c r="Z8" s="186"/>
+      <c r="AA8" s="186"/>
+      <c r="AB8" s="186"/>
+      <c r="AC8" s="186"/>
+      <c r="AD8" s="186"/>
+      <c r="AE8" s="186"/>
+      <c r="AF8" s="186"/>
+      <c r="AG8" s="186"/>
+      <c r="AH8" s="187"/>
     </row>
     <row r="9" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B9" s="89"/>
-[...30 lines deleted...]
-      <c r="AH9" s="71"/>
+      <c r="B9" s="123"/>
+      <c r="C9" s="124"/>
+      <c r="D9" s="124"/>
+      <c r="E9" s="124"/>
+      <c r="F9" s="124"/>
+      <c r="G9" s="125"/>
+      <c r="I9" s="142"/>
+      <c r="J9" s="143"/>
+      <c r="K9" s="143"/>
+      <c r="L9" s="144"/>
+      <c r="M9" s="185"/>
+      <c r="N9" s="186"/>
+      <c r="O9" s="186"/>
+      <c r="P9" s="186"/>
+      <c r="Q9" s="186"/>
+      <c r="R9" s="186"/>
+      <c r="S9" s="186"/>
+      <c r="T9" s="186"/>
+      <c r="U9" s="186"/>
+      <c r="V9" s="186"/>
+      <c r="W9" s="186"/>
+      <c r="X9" s="186"/>
+      <c r="Y9" s="186"/>
+      <c r="Z9" s="186"/>
+      <c r="AA9" s="186"/>
+      <c r="AB9" s="186"/>
+      <c r="AC9" s="186"/>
+      <c r="AD9" s="186"/>
+      <c r="AE9" s="186"/>
+      <c r="AF9" s="186"/>
+      <c r="AG9" s="186"/>
+      <c r="AH9" s="187"/>
     </row>
     <row r="10" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B10" s="89"/>
-[...30 lines deleted...]
-      <c r="AH10" s="74"/>
+      <c r="B10" s="123"/>
+      <c r="C10" s="124"/>
+      <c r="D10" s="124"/>
+      <c r="E10" s="124"/>
+      <c r="F10" s="124"/>
+      <c r="G10" s="125"/>
+      <c r="I10" s="142"/>
+      <c r="J10" s="143"/>
+      <c r="K10" s="143"/>
+      <c r="L10" s="144"/>
+      <c r="M10" s="188"/>
+      <c r="N10" s="189"/>
+      <c r="O10" s="189"/>
+      <c r="P10" s="189"/>
+      <c r="Q10" s="189"/>
+      <c r="R10" s="189"/>
+      <c r="S10" s="189"/>
+      <c r="T10" s="189"/>
+      <c r="U10" s="189"/>
+      <c r="V10" s="189"/>
+      <c r="W10" s="189"/>
+      <c r="X10" s="189"/>
+      <c r="Y10" s="189"/>
+      <c r="Z10" s="189"/>
+      <c r="AA10" s="189"/>
+      <c r="AB10" s="189"/>
+      <c r="AC10" s="189"/>
+      <c r="AD10" s="189"/>
+      <c r="AE10" s="189"/>
+      <c r="AF10" s="189"/>
+      <c r="AG10" s="189"/>
+      <c r="AH10" s="190"/>
     </row>
     <row r="11" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B11" s="89"/>
-[...5 lines deleted...]
-      <c r="I11" s="106" t="s">
+      <c r="B11" s="123"/>
+      <c r="C11" s="124"/>
+      <c r="D11" s="124"/>
+      <c r="E11" s="124"/>
+      <c r="F11" s="124"/>
+      <c r="G11" s="125"/>
+      <c r="I11" s="139" t="s">
         <v>4</v>
       </c>
-      <c r="J11" s="107"/>
-[...18 lines deleted...]
-      <c r="AC11" s="57" t="s">
+      <c r="J11" s="140"/>
+      <c r="K11" s="140"/>
+      <c r="L11" s="141"/>
+      <c r="M11" s="171"/>
+      <c r="N11" s="172"/>
+      <c r="O11" s="172"/>
+      <c r="P11" s="172"/>
+      <c r="Q11" s="172"/>
+      <c r="R11" s="172"/>
+      <c r="S11" s="172"/>
+      <c r="T11" s="172"/>
+      <c r="U11" s="172"/>
+      <c r="V11" s="172"/>
+      <c r="W11" s="172"/>
+      <c r="X11" s="172"/>
+      <c r="Y11" s="172"/>
+      <c r="Z11" s="172"/>
+      <c r="AA11" s="172"/>
+      <c r="AB11" s="172"/>
+      <c r="AC11" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="AD11" s="57"/>
-[...2 lines deleted...]
-      <c r="AG11" s="57" t="s">
+      <c r="AD11" s="102"/>
+      <c r="AE11" s="179"/>
+      <c r="AF11" s="179"/>
+      <c r="AG11" s="102" t="s">
         <v>19</v>
       </c>
-      <c r="AH11" s="60"/>
+      <c r="AH11" s="105"/>
     </row>
     <row r="12" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B12" s="89"/>
-[...24 lines deleted...]
-      <c r="AB12" s="54"/>
+      <c r="B12" s="123"/>
+      <c r="C12" s="124"/>
+      <c r="D12" s="124"/>
+      <c r="E12" s="124"/>
+      <c r="F12" s="124"/>
+      <c r="G12" s="125"/>
+      <c r="I12" s="142"/>
+      <c r="J12" s="143"/>
+      <c r="K12" s="143"/>
+      <c r="L12" s="144"/>
+      <c r="M12" s="173"/>
+      <c r="N12" s="174"/>
+      <c r="O12" s="174"/>
+      <c r="P12" s="174"/>
+      <c r="Q12" s="174"/>
+      <c r="R12" s="174"/>
+      <c r="S12" s="174"/>
+      <c r="T12" s="174"/>
+      <c r="U12" s="174"/>
+      <c r="V12" s="174"/>
+      <c r="W12" s="174"/>
+      <c r="X12" s="174"/>
+      <c r="Y12" s="174"/>
+      <c r="Z12" s="174"/>
+      <c r="AA12" s="174"/>
+      <c r="AB12" s="174"/>
       <c r="AC12" s="58"/>
       <c r="AD12" s="58"/>
-      <c r="AE12" s="64"/>
-      <c r="AF12" s="64"/>
+      <c r="AE12" s="180"/>
+      <c r="AF12" s="180"/>
       <c r="AG12" s="58"/>
-      <c r="AH12" s="61"/>
+      <c r="AH12" s="63"/>
     </row>
     <row r="13" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B13" s="92"/>
-[...30 lines deleted...]
-      <c r="AH13" s="62"/>
+      <c r="B13" s="126"/>
+      <c r="C13" s="110"/>
+      <c r="D13" s="110"/>
+      <c r="E13" s="110"/>
+      <c r="F13" s="110"/>
+      <c r="G13" s="127"/>
+      <c r="I13" s="145"/>
+      <c r="J13" s="146"/>
+      <c r="K13" s="146"/>
+      <c r="L13" s="147"/>
+      <c r="M13" s="175"/>
+      <c r="N13" s="176"/>
+      <c r="O13" s="176"/>
+      <c r="P13" s="176"/>
+      <c r="Q13" s="176"/>
+      <c r="R13" s="176"/>
+      <c r="S13" s="176"/>
+      <c r="T13" s="176"/>
+      <c r="U13" s="176"/>
+      <c r="V13" s="176"/>
+      <c r="W13" s="176"/>
+      <c r="X13" s="176"/>
+      <c r="Y13" s="176"/>
+      <c r="Z13" s="176"/>
+      <c r="AA13" s="176"/>
+      <c r="AB13" s="176"/>
+      <c r="AC13" s="177"/>
+      <c r="AD13" s="177"/>
+      <c r="AE13" s="181"/>
+      <c r="AF13" s="181"/>
+      <c r="AG13" s="177"/>
+      <c r="AH13" s="178"/>
     </row>
     <row r="14" spans="1:34" ht="8.25" customHeight="1"/>
     <row r="15" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A15" s="112" t="s">
+      <c r="A15" s="148" t="s">
         <v>5</v>
       </c>
-      <c r="B15" s="113"/>
-[...23 lines deleted...]
-      <c r="Z15" s="95" t="s">
+      <c r="B15" s="149"/>
+      <c r="C15" s="150"/>
+      <c r="D15" s="151"/>
+      <c r="E15" s="152"/>
+      <c r="F15" s="152"/>
+      <c r="G15" s="152"/>
+      <c r="H15" s="152"/>
+      <c r="I15" s="152"/>
+      <c r="J15" s="152"/>
+      <c r="K15" s="152"/>
+      <c r="L15" s="152"/>
+      <c r="M15" s="152"/>
+      <c r="N15" s="152"/>
+      <c r="O15" s="152"/>
+      <c r="P15" s="152"/>
+      <c r="Q15" s="152"/>
+      <c r="R15" s="152"/>
+      <c r="S15" s="152"/>
+      <c r="T15" s="152"/>
+      <c r="U15" s="152"/>
+      <c r="V15" s="152"/>
+      <c r="W15" s="152"/>
+      <c r="X15" s="152"/>
+      <c r="Y15" s="153"/>
+      <c r="Z15" s="128" t="s">
         <v>22</v>
       </c>
-      <c r="AA15" s="96"/>
-[...6 lines deleted...]
-      <c r="AH15" s="97"/>
+      <c r="AA15" s="129"/>
+      <c r="AB15" s="129"/>
+      <c r="AC15" s="129"/>
+      <c r="AD15" s="129"/>
+      <c r="AE15" s="129"/>
+      <c r="AF15" s="129"/>
+      <c r="AG15" s="129"/>
+      <c r="AH15" s="130"/>
     </row>
     <row r="16" spans="1:34">
-      <c r="A16" s="118" t="s">
+      <c r="A16" s="154" t="s">
         <v>6</v>
       </c>
-      <c r="B16" s="119"/>
-      <c r="C16" s="120"/>
+      <c r="B16" s="155"/>
+      <c r="C16" s="156"/>
       <c r="D16" s="43" t="s">
         <v>7</v>
       </c>
-      <c r="E16" s="127"/>
-[...19 lines deleted...]
-      <c r="Y16" s="128"/>
+      <c r="E16" s="163"/>
+      <c r="F16" s="163"/>
+      <c r="G16" s="163"/>
+      <c r="H16" s="163"/>
+      <c r="I16" s="163"/>
+      <c r="J16" s="163"/>
+      <c r="K16" s="163"/>
+      <c r="L16" s="163"/>
+      <c r="M16" s="163"/>
+      <c r="N16" s="163"/>
+      <c r="O16" s="163"/>
+      <c r="P16" s="163"/>
+      <c r="Q16" s="163"/>
+      <c r="R16" s="163"/>
+      <c r="S16" s="163"/>
+      <c r="T16" s="163"/>
+      <c r="U16" s="163"/>
+      <c r="V16" s="163"/>
+      <c r="W16" s="163"/>
+      <c r="X16" s="163"/>
+      <c r="Y16" s="164"/>
       <c r="Z16" s="8" t="s">
         <v>23</v>
       </c>
       <c r="AA16" s="9"/>
       <c r="AB16" s="9"/>
-      <c r="AC16" s="104"/>
-[...4 lines deleted...]
-      <c r="AH16" s="105"/>
+      <c r="AC16" s="137"/>
+      <c r="AD16" s="137"/>
+      <c r="AE16" s="137"/>
+      <c r="AF16" s="137"/>
+      <c r="AG16" s="137"/>
+      <c r="AH16" s="138"/>
     </row>
     <row r="17" spans="1:34" ht="29.25" customHeight="1">
-      <c r="A17" s="121"/>
-[...23 lines deleted...]
-      <c r="Y17" s="131"/>
+      <c r="A17" s="157"/>
+      <c r="B17" s="158"/>
+      <c r="C17" s="159"/>
+      <c r="D17" s="165"/>
+      <c r="E17" s="166"/>
+      <c r="F17" s="166"/>
+      <c r="G17" s="166"/>
+      <c r="H17" s="166"/>
+      <c r="I17" s="166"/>
+      <c r="J17" s="166"/>
+      <c r="K17" s="166"/>
+      <c r="L17" s="166"/>
+      <c r="M17" s="166"/>
+      <c r="N17" s="166"/>
+      <c r="O17" s="166"/>
+      <c r="P17" s="166"/>
+      <c r="Q17" s="166"/>
+      <c r="R17" s="166"/>
+      <c r="S17" s="166"/>
+      <c r="T17" s="166"/>
+      <c r="U17" s="166"/>
+      <c r="V17" s="166"/>
+      <c r="W17" s="166"/>
+      <c r="X17" s="166"/>
+      <c r="Y17" s="167"/>
       <c r="Z17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="AA17" s="11"/>
       <c r="AB17" s="11"/>
-      <c r="AC17" s="102"/>
-[...4 lines deleted...]
-      <c r="AH17" s="103"/>
+      <c r="AC17" s="135"/>
+      <c r="AD17" s="135"/>
+      <c r="AE17" s="135"/>
+      <c r="AF17" s="135"/>
+      <c r="AG17" s="135"/>
+      <c r="AH17" s="136"/>
     </row>
     <row r="18" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A18" s="112" t="s">
+      <c r="A18" s="148" t="s">
         <v>5</v>
       </c>
-      <c r="B18" s="113"/>
-[...23 lines deleted...]
-      <c r="Z18" s="95" t="s">
+      <c r="B18" s="149"/>
+      <c r="C18" s="150"/>
+      <c r="D18" s="160"/>
+      <c r="E18" s="161"/>
+      <c r="F18" s="161"/>
+      <c r="G18" s="161"/>
+      <c r="H18" s="161"/>
+      <c r="I18" s="161"/>
+      <c r="J18" s="161"/>
+      <c r="K18" s="161"/>
+      <c r="L18" s="161"/>
+      <c r="M18" s="161"/>
+      <c r="N18" s="161"/>
+      <c r="O18" s="161"/>
+      <c r="P18" s="161"/>
+      <c r="Q18" s="161"/>
+      <c r="R18" s="161"/>
+      <c r="S18" s="161"/>
+      <c r="T18" s="161"/>
+      <c r="U18" s="161"/>
+      <c r="V18" s="161"/>
+      <c r="W18" s="161"/>
+      <c r="X18" s="161"/>
+      <c r="Y18" s="162"/>
+      <c r="Z18" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="AA18" s="96"/>
-[...6 lines deleted...]
-      <c r="AH18" s="97"/>
+      <c r="AA18" s="129"/>
+      <c r="AB18" s="129"/>
+      <c r="AC18" s="129"/>
+      <c r="AD18" s="129"/>
+      <c r="AE18" s="129"/>
+      <c r="AF18" s="129"/>
+      <c r="AG18" s="129"/>
+      <c r="AH18" s="130"/>
     </row>
     <row r="19" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A19" s="170" t="s">
+      <c r="A19" s="114" t="s">
         <v>9</v>
       </c>
-      <c r="B19" s="171"/>
-      <c r="C19" s="172"/>
+      <c r="B19" s="115"/>
+      <c r="C19" s="116"/>
       <c r="D19" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="E19" s="127"/>
-[...28 lines deleted...]
-      <c r="AH19" s="100"/>
+      <c r="E19" s="163"/>
+      <c r="F19" s="163"/>
+      <c r="G19" s="163"/>
+      <c r="H19" s="163"/>
+      <c r="I19" s="163"/>
+      <c r="J19" s="163"/>
+      <c r="K19" s="163"/>
+      <c r="L19" s="163"/>
+      <c r="M19" s="163"/>
+      <c r="N19" s="163"/>
+      <c r="O19" s="163"/>
+      <c r="P19" s="163"/>
+      <c r="Q19" s="163"/>
+      <c r="R19" s="163"/>
+      <c r="S19" s="163"/>
+      <c r="T19" s="163"/>
+      <c r="U19" s="163"/>
+      <c r="V19" s="163"/>
+      <c r="W19" s="163"/>
+      <c r="X19" s="163"/>
+      <c r="Y19" s="164"/>
+      <c r="Z19" s="131"/>
+      <c r="AA19" s="132"/>
+      <c r="AB19" s="132"/>
+      <c r="AC19" s="132"/>
+      <c r="AD19" s="132"/>
+      <c r="AE19" s="132"/>
+      <c r="AF19" s="132"/>
+      <c r="AG19" s="132"/>
+      <c r="AH19" s="133"/>
     </row>
     <row r="20" spans="1:34" ht="29.25" customHeight="1">
-      <c r="A20" s="173"/>
-[...2 lines deleted...]
-      <c r="D20" s="132" t="s">
+      <c r="A20" s="117"/>
+      <c r="B20" s="118"/>
+      <c r="C20" s="119"/>
+      <c r="D20" s="92" t="s">
         <v>68</v>
       </c>
-      <c r="E20" s="133"/>
-[...28 lines deleted...]
-      <c r="AH20" s="103"/>
+      <c r="E20" s="99"/>
+      <c r="F20" s="99"/>
+      <c r="G20" s="99"/>
+      <c r="H20" s="99"/>
+      <c r="I20" s="99"/>
+      <c r="J20" s="99"/>
+      <c r="K20" s="99"/>
+      <c r="L20" s="99"/>
+      <c r="M20" s="99"/>
+      <c r="N20" s="99"/>
+      <c r="O20" s="99"/>
+      <c r="P20" s="99"/>
+      <c r="Q20" s="99"/>
+      <c r="R20" s="99"/>
+      <c r="S20" s="99"/>
+      <c r="T20" s="99"/>
+      <c r="U20" s="99"/>
+      <c r="V20" s="99"/>
+      <c r="W20" s="99"/>
+      <c r="X20" s="99"/>
+      <c r="Y20" s="100"/>
+      <c r="Z20" s="134"/>
+      <c r="AA20" s="135"/>
+      <c r="AB20" s="135"/>
+      <c r="AC20" s="135"/>
+      <c r="AD20" s="135"/>
+      <c r="AE20" s="135"/>
+      <c r="AF20" s="135"/>
+      <c r="AG20" s="135"/>
+      <c r="AH20" s="136"/>
     </row>
     <row r="21" spans="1:34" ht="10.5" customHeight="1"/>
     <row r="22" spans="1:34" ht="18" customHeight="1">
-      <c r="A22" s="165" t="s">
+      <c r="A22" s="81" t="s">
         <v>11</v>
       </c>
-      <c r="B22" s="166"/>
-[...1 lines deleted...]
-      <c r="D22" s="168" t="s">
+      <c r="B22" s="85"/>
+      <c r="C22" s="112"/>
+      <c r="D22" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="E22" s="169"/>
-      <c r="F22" s="165" t="s">
+      <c r="E22" s="96"/>
+      <c r="F22" s="81" t="s">
         <v>13</v>
       </c>
-      <c r="G22" s="166"/>
-[...34 lines deleted...]
-      <c r="F23" s="154" t="s">
+      <c r="G22" s="85"/>
+      <c r="H22" s="85"/>
+      <c r="I22" s="85"/>
+      <c r="J22" s="85"/>
+      <c r="K22" s="85"/>
+      <c r="L22" s="85"/>
+      <c r="M22" s="85"/>
+      <c r="N22" s="85"/>
+      <c r="O22" s="85"/>
+      <c r="P22" s="85"/>
+      <c r="Q22" s="85"/>
+      <c r="R22" s="85"/>
+      <c r="S22" s="85"/>
+      <c r="T22" s="85"/>
+      <c r="U22" s="85"/>
+      <c r="V22" s="85"/>
+      <c r="W22" s="85"/>
+      <c r="X22" s="85"/>
+      <c r="Y22" s="85"/>
+      <c r="Z22" s="85"/>
+      <c r="AA22" s="85"/>
+      <c r="AB22" s="85"/>
+      <c r="AC22" s="85"/>
+      <c r="AD22" s="85"/>
+      <c r="AE22" s="85"/>
+      <c r="AF22" s="85"/>
+      <c r="AG22" s="85"/>
+      <c r="AH22" s="96"/>
+    </row>
+    <row r="23" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A23" s="101"/>
+      <c r="B23" s="102"/>
+      <c r="C23" s="103"/>
+      <c r="D23" s="104"/>
+      <c r="E23" s="105"/>
+      <c r="F23" s="106" t="s">
         <v>14</v>
       </c>
-      <c r="G23" s="155"/>
-[...65 lines deleted...]
-      <c r="A25" s="159"/>
+      <c r="G23" s="107"/>
+      <c r="H23" s="107"/>
+      <c r="I23" s="107"/>
+      <c r="J23" s="107"/>
+      <c r="K23" s="107"/>
+      <c r="L23" s="107"/>
+      <c r="M23" s="107"/>
+      <c r="N23" s="107"/>
+      <c r="O23" s="107"/>
+      <c r="P23" s="107"/>
+      <c r="Q23" s="107"/>
+      <c r="R23" s="107"/>
+      <c r="S23" s="107"/>
+      <c r="T23" s="107"/>
+      <c r="U23" s="107"/>
+      <c r="V23" s="107"/>
+      <c r="W23" s="107"/>
+      <c r="X23" s="107"/>
+      <c r="Y23" s="107"/>
+      <c r="Z23" s="107"/>
+      <c r="AA23" s="107"/>
+      <c r="AB23" s="107"/>
+      <c r="AC23" s="107"/>
+      <c r="AD23" s="107"/>
+      <c r="AE23" s="107"/>
+      <c r="AF23" s="107"/>
+      <c r="AG23" s="107"/>
+      <c r="AH23" s="108"/>
+    </row>
+    <row r="24" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A24" s="70"/>
+      <c r="B24" s="71"/>
+      <c r="C24" s="72"/>
+      <c r="D24" s="73"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="109"/>
+      <c r="G24" s="110"/>
+      <c r="H24" s="110"/>
+      <c r="I24" s="110"/>
+      <c r="J24" s="110"/>
+      <c r="K24" s="110"/>
+      <c r="L24" s="110"/>
+      <c r="M24" s="110"/>
+      <c r="N24" s="110"/>
+      <c r="O24" s="110"/>
+      <c r="P24" s="110"/>
+      <c r="Q24" s="110"/>
+      <c r="R24" s="110"/>
+      <c r="S24" s="110"/>
+      <c r="T24" s="110"/>
+      <c r="U24" s="110"/>
+      <c r="V24" s="110"/>
+      <c r="W24" s="110"/>
+      <c r="X24" s="110"/>
+      <c r="Y24" s="110"/>
+      <c r="Z24" s="110"/>
+      <c r="AA24" s="110"/>
+      <c r="AB24" s="110"/>
+      <c r="AC24" s="110"/>
+      <c r="AD24" s="110"/>
+      <c r="AE24" s="110"/>
+      <c r="AF24" s="110"/>
+      <c r="AG24" s="110"/>
+      <c r="AH24" s="111"/>
+    </row>
+    <row r="25" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A25" s="57"/>
       <c r="B25" s="58"/>
-      <c r="C25" s="160"/>
-[...33 lines deleted...]
-      <c r="A26" s="159"/>
+      <c r="C25" s="59"/>
+      <c r="D25" s="62"/>
+      <c r="E25" s="63"/>
+      <c r="F25" s="67"/>
+      <c r="G25" s="68"/>
+      <c r="H25" s="68"/>
+      <c r="I25" s="68"/>
+      <c r="J25" s="68"/>
+      <c r="K25" s="68"/>
+      <c r="L25" s="68"/>
+      <c r="M25" s="68"/>
+      <c r="N25" s="68"/>
+      <c r="O25" s="68"/>
+      <c r="P25" s="68"/>
+      <c r="Q25" s="68"/>
+      <c r="R25" s="68"/>
+      <c r="S25" s="68"/>
+      <c r="T25" s="68"/>
+      <c r="U25" s="68"/>
+      <c r="V25" s="68"/>
+      <c r="W25" s="68"/>
+      <c r="X25" s="68"/>
+      <c r="Y25" s="68"/>
+      <c r="Z25" s="68"/>
+      <c r="AA25" s="68"/>
+      <c r="AB25" s="68"/>
+      <c r="AC25" s="68"/>
+      <c r="AD25" s="68"/>
+      <c r="AE25" s="68"/>
+      <c r="AF25" s="68"/>
+      <c r="AG25" s="68"/>
+      <c r="AH25" s="69"/>
+    </row>
+    <row r="26" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A26" s="57"/>
       <c r="B26" s="58"/>
-      <c r="C26" s="160"/>
-[...105 lines deleted...]
-      <c r="A29" s="159"/>
+      <c r="C26" s="59"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="63"/>
+      <c r="F26" s="67"/>
+      <c r="G26" s="68"/>
+      <c r="H26" s="68"/>
+      <c r="I26" s="68"/>
+      <c r="J26" s="68"/>
+      <c r="K26" s="68"/>
+      <c r="L26" s="68"/>
+      <c r="M26" s="68"/>
+      <c r="N26" s="68"/>
+      <c r="O26" s="68"/>
+      <c r="P26" s="68"/>
+      <c r="Q26" s="68"/>
+      <c r="R26" s="68"/>
+      <c r="S26" s="68"/>
+      <c r="T26" s="68"/>
+      <c r="U26" s="68"/>
+      <c r="V26" s="68"/>
+      <c r="W26" s="68"/>
+      <c r="X26" s="68"/>
+      <c r="Y26" s="68"/>
+      <c r="Z26" s="68"/>
+      <c r="AA26" s="68"/>
+      <c r="AB26" s="68"/>
+      <c r="AC26" s="68"/>
+      <c r="AD26" s="68"/>
+      <c r="AE26" s="68"/>
+      <c r="AF26" s="68"/>
+      <c r="AG26" s="68"/>
+      <c r="AH26" s="69"/>
+    </row>
+    <row r="27" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A27" s="54"/>
+      <c r="B27" s="55"/>
+      <c r="C27" s="56"/>
+      <c r="D27" s="60"/>
+      <c r="E27" s="61"/>
+      <c r="F27" s="64"/>
+      <c r="G27" s="65"/>
+      <c r="H27" s="65"/>
+      <c r="I27" s="65"/>
+      <c r="J27" s="65"/>
+      <c r="K27" s="65"/>
+      <c r="L27" s="65"/>
+      <c r="M27" s="65"/>
+      <c r="N27" s="65"/>
+      <c r="O27" s="65"/>
+      <c r="P27" s="65"/>
+      <c r="Q27" s="65"/>
+      <c r="R27" s="65"/>
+      <c r="S27" s="65"/>
+      <c r="T27" s="65"/>
+      <c r="U27" s="65"/>
+      <c r="V27" s="65"/>
+      <c r="W27" s="65"/>
+      <c r="X27" s="65"/>
+      <c r="Y27" s="65"/>
+      <c r="Z27" s="65"/>
+      <c r="AA27" s="65"/>
+      <c r="AB27" s="65"/>
+      <c r="AC27" s="65"/>
+      <c r="AD27" s="65"/>
+      <c r="AE27" s="65"/>
+      <c r="AF27" s="65"/>
+      <c r="AG27" s="65"/>
+      <c r="AH27" s="66"/>
+    </row>
+    <row r="28" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A28" s="70"/>
+      <c r="B28" s="71"/>
+      <c r="C28" s="72"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="75"/>
+      <c r="G28" s="76"/>
+      <c r="H28" s="76"/>
+      <c r="I28" s="76"/>
+      <c r="J28" s="76"/>
+      <c r="K28" s="76"/>
+      <c r="L28" s="76"/>
+      <c r="M28" s="76"/>
+      <c r="N28" s="76"/>
+      <c r="O28" s="76"/>
+      <c r="P28" s="76"/>
+      <c r="Q28" s="76"/>
+      <c r="R28" s="76"/>
+      <c r="S28" s="76"/>
+      <c r="T28" s="76"/>
+      <c r="U28" s="76"/>
+      <c r="V28" s="76"/>
+      <c r="W28" s="76"/>
+      <c r="X28" s="76"/>
+      <c r="Y28" s="76"/>
+      <c r="Z28" s="76"/>
+      <c r="AA28" s="76"/>
+      <c r="AB28" s="76"/>
+      <c r="AC28" s="76"/>
+      <c r="AD28" s="76"/>
+      <c r="AE28" s="76"/>
+      <c r="AF28" s="76"/>
+      <c r="AG28" s="76"/>
+      <c r="AH28" s="77"/>
+    </row>
+    <row r="29" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A29" s="57"/>
       <c r="B29" s="58"/>
-      <c r="C29" s="160"/>
-[...33 lines deleted...]
-      <c r="A30" s="159"/>
+      <c r="C29" s="59"/>
+      <c r="D29" s="62"/>
+      <c r="E29" s="63"/>
+      <c r="F29" s="67"/>
+      <c r="G29" s="68"/>
+      <c r="H29" s="68"/>
+      <c r="I29" s="68"/>
+      <c r="J29" s="68"/>
+      <c r="K29" s="68"/>
+      <c r="L29" s="68"/>
+      <c r="M29" s="68"/>
+      <c r="N29" s="68"/>
+      <c r="O29" s="68"/>
+      <c r="P29" s="68"/>
+      <c r="Q29" s="68"/>
+      <c r="R29" s="68"/>
+      <c r="S29" s="68"/>
+      <c r="T29" s="68"/>
+      <c r="U29" s="68"/>
+      <c r="V29" s="68"/>
+      <c r="W29" s="68"/>
+      <c r="X29" s="68"/>
+      <c r="Y29" s="68"/>
+      <c r="Z29" s="68"/>
+      <c r="AA29" s="68"/>
+      <c r="AB29" s="68"/>
+      <c r="AC29" s="68"/>
+      <c r="AD29" s="68"/>
+      <c r="AE29" s="68"/>
+      <c r="AF29" s="68"/>
+      <c r="AG29" s="68"/>
+      <c r="AH29" s="69"/>
+    </row>
+    <row r="30" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A30" s="57"/>
       <c r="B30" s="58"/>
-      <c r="C30" s="160"/>
-[...69 lines deleted...]
-      <c r="A32" s="159"/>
+      <c r="C30" s="59"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="63"/>
+      <c r="F30" s="67"/>
+      <c r="G30" s="68"/>
+      <c r="H30" s="68"/>
+      <c r="I30" s="68"/>
+      <c r="J30" s="68"/>
+      <c r="K30" s="68"/>
+      <c r="L30" s="68"/>
+      <c r="M30" s="68"/>
+      <c r="N30" s="68"/>
+      <c r="O30" s="68"/>
+      <c r="P30" s="68"/>
+      <c r="Q30" s="68"/>
+      <c r="R30" s="68"/>
+      <c r="S30" s="68"/>
+      <c r="T30" s="68"/>
+      <c r="U30" s="68"/>
+      <c r="V30" s="68"/>
+      <c r="W30" s="68"/>
+      <c r="X30" s="68"/>
+      <c r="Y30" s="68"/>
+      <c r="Z30" s="68"/>
+      <c r="AA30" s="68"/>
+      <c r="AB30" s="68"/>
+      <c r="AC30" s="68"/>
+      <c r="AD30" s="68"/>
+      <c r="AE30" s="68"/>
+      <c r="AF30" s="68"/>
+      <c r="AG30" s="68"/>
+      <c r="AH30" s="69"/>
+    </row>
+    <row r="31" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A31" s="54"/>
+      <c r="B31" s="55"/>
+      <c r="C31" s="56"/>
+      <c r="D31" s="60"/>
+      <c r="E31" s="61"/>
+      <c r="F31" s="64"/>
+      <c r="G31" s="65"/>
+      <c r="H31" s="65"/>
+      <c r="I31" s="65"/>
+      <c r="J31" s="65"/>
+      <c r="K31" s="65"/>
+      <c r="L31" s="65"/>
+      <c r="M31" s="65"/>
+      <c r="N31" s="65"/>
+      <c r="O31" s="65"/>
+      <c r="P31" s="65"/>
+      <c r="Q31" s="65"/>
+      <c r="R31" s="65"/>
+      <c r="S31" s="65"/>
+      <c r="T31" s="65"/>
+      <c r="U31" s="65"/>
+      <c r="V31" s="65"/>
+      <c r="W31" s="65"/>
+      <c r="X31" s="65"/>
+      <c r="Y31" s="65"/>
+      <c r="Z31" s="65"/>
+      <c r="AA31" s="65"/>
+      <c r="AB31" s="65"/>
+      <c r="AC31" s="65"/>
+      <c r="AD31" s="65"/>
+      <c r="AE31" s="65"/>
+      <c r="AF31" s="65"/>
+      <c r="AG31" s="65"/>
+      <c r="AH31" s="66"/>
+    </row>
+    <row r="32" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A32" s="57"/>
       <c r="B32" s="58"/>
-      <c r="C32" s="160"/>
-[...69 lines deleted...]
-      <c r="A34" s="159"/>
+      <c r="C32" s="59"/>
+      <c r="D32" s="62"/>
+      <c r="E32" s="63"/>
+      <c r="F32" s="67"/>
+      <c r="G32" s="68"/>
+      <c r="H32" s="68"/>
+      <c r="I32" s="68"/>
+      <c r="J32" s="68"/>
+      <c r="K32" s="68"/>
+      <c r="L32" s="68"/>
+      <c r="M32" s="68"/>
+      <c r="N32" s="68"/>
+      <c r="O32" s="68"/>
+      <c r="P32" s="68"/>
+      <c r="Q32" s="68"/>
+      <c r="R32" s="68"/>
+      <c r="S32" s="68"/>
+      <c r="T32" s="68"/>
+      <c r="U32" s="68"/>
+      <c r="V32" s="68"/>
+      <c r="W32" s="68"/>
+      <c r="X32" s="68"/>
+      <c r="Y32" s="68"/>
+      <c r="Z32" s="68"/>
+      <c r="AA32" s="68"/>
+      <c r="AB32" s="68"/>
+      <c r="AC32" s="68"/>
+      <c r="AD32" s="68"/>
+      <c r="AE32" s="68"/>
+      <c r="AF32" s="68"/>
+      <c r="AG32" s="68"/>
+      <c r="AH32" s="69"/>
+    </row>
+    <row r="33" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A33" s="54"/>
+      <c r="B33" s="55"/>
+      <c r="C33" s="56"/>
+      <c r="D33" s="60"/>
+      <c r="E33" s="61"/>
+      <c r="F33" s="64"/>
+      <c r="G33" s="65"/>
+      <c r="H33" s="65"/>
+      <c r="I33" s="65"/>
+      <c r="J33" s="65"/>
+      <c r="K33" s="65"/>
+      <c r="L33" s="65"/>
+      <c r="M33" s="65"/>
+      <c r="N33" s="65"/>
+      <c r="O33" s="65"/>
+      <c r="P33" s="65"/>
+      <c r="Q33" s="65"/>
+      <c r="R33" s="65"/>
+      <c r="S33" s="65"/>
+      <c r="T33" s="65"/>
+      <c r="U33" s="65"/>
+      <c r="V33" s="65"/>
+      <c r="W33" s="65"/>
+      <c r="X33" s="65"/>
+      <c r="Y33" s="65"/>
+      <c r="Z33" s="65"/>
+      <c r="AA33" s="65"/>
+      <c r="AB33" s="65"/>
+      <c r="AC33" s="65"/>
+      <c r="AD33" s="65"/>
+      <c r="AE33" s="65"/>
+      <c r="AF33" s="65"/>
+      <c r="AG33" s="65"/>
+      <c r="AH33" s="66"/>
+    </row>
+    <row r="34" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A34" s="57"/>
       <c r="B34" s="58"/>
-      <c r="C34" s="160"/>
-[...105 lines deleted...]
-      <c r="A37" s="159"/>
+      <c r="C34" s="59"/>
+      <c r="D34" s="62"/>
+      <c r="E34" s="63"/>
+      <c r="F34" s="67"/>
+      <c r="G34" s="68"/>
+      <c r="H34" s="68"/>
+      <c r="I34" s="68"/>
+      <c r="J34" s="68"/>
+      <c r="K34" s="68"/>
+      <c r="L34" s="68"/>
+      <c r="M34" s="68"/>
+      <c r="N34" s="68"/>
+      <c r="O34" s="68"/>
+      <c r="P34" s="68"/>
+      <c r="Q34" s="68"/>
+      <c r="R34" s="68"/>
+      <c r="S34" s="68"/>
+      <c r="T34" s="68"/>
+      <c r="U34" s="68"/>
+      <c r="V34" s="68"/>
+      <c r="W34" s="68"/>
+      <c r="X34" s="68"/>
+      <c r="Y34" s="68"/>
+      <c r="Z34" s="68"/>
+      <c r="AA34" s="68"/>
+      <c r="AB34" s="68"/>
+      <c r="AC34" s="68"/>
+      <c r="AD34" s="68"/>
+      <c r="AE34" s="68"/>
+      <c r="AF34" s="68"/>
+      <c r="AG34" s="68"/>
+      <c r="AH34" s="69"/>
+    </row>
+    <row r="35" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A35" s="54"/>
+      <c r="B35" s="55"/>
+      <c r="C35" s="56"/>
+      <c r="D35" s="60"/>
+      <c r="E35" s="61"/>
+      <c r="F35" s="64"/>
+      <c r="G35" s="65"/>
+      <c r="H35" s="65"/>
+      <c r="I35" s="65"/>
+      <c r="J35" s="65"/>
+      <c r="K35" s="65"/>
+      <c r="L35" s="65"/>
+      <c r="M35" s="65"/>
+      <c r="N35" s="65"/>
+      <c r="O35" s="65"/>
+      <c r="P35" s="65"/>
+      <c r="Q35" s="65"/>
+      <c r="R35" s="65"/>
+      <c r="S35" s="65"/>
+      <c r="T35" s="65"/>
+      <c r="U35" s="65"/>
+      <c r="V35" s="65"/>
+      <c r="W35" s="65"/>
+      <c r="X35" s="65"/>
+      <c r="Y35" s="65"/>
+      <c r="Z35" s="65"/>
+      <c r="AA35" s="65"/>
+      <c r="AB35" s="65"/>
+      <c r="AC35" s="65"/>
+      <c r="AD35" s="65"/>
+      <c r="AE35" s="65"/>
+      <c r="AF35" s="65"/>
+      <c r="AG35" s="65"/>
+      <c r="AH35" s="66"/>
+    </row>
+    <row r="36" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A36" s="70"/>
+      <c r="B36" s="71"/>
+      <c r="C36" s="72"/>
+      <c r="D36" s="73"/>
+      <c r="E36" s="74"/>
+      <c r="F36" s="75"/>
+      <c r="G36" s="76"/>
+      <c r="H36" s="76"/>
+      <c r="I36" s="76"/>
+      <c r="J36" s="76"/>
+      <c r="K36" s="76"/>
+      <c r="L36" s="76"/>
+      <c r="M36" s="76"/>
+      <c r="N36" s="76"/>
+      <c r="O36" s="76"/>
+      <c r="P36" s="76"/>
+      <c r="Q36" s="76"/>
+      <c r="R36" s="76"/>
+      <c r="S36" s="76"/>
+      <c r="T36" s="76"/>
+      <c r="U36" s="76"/>
+      <c r="V36" s="76"/>
+      <c r="W36" s="76"/>
+      <c r="X36" s="76"/>
+      <c r="Y36" s="76"/>
+      <c r="Z36" s="76"/>
+      <c r="AA36" s="76"/>
+      <c r="AB36" s="76"/>
+      <c r="AC36" s="76"/>
+      <c r="AD36" s="76"/>
+      <c r="AE36" s="76"/>
+      <c r="AF36" s="76"/>
+      <c r="AG36" s="76"/>
+      <c r="AH36" s="77"/>
+    </row>
+    <row r="37" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A37" s="57"/>
       <c r="B37" s="58"/>
-      <c r="C37" s="160"/>
-[...66 lines deleted...]
-      <c r="AH38" s="150"/>
+      <c r="C37" s="59"/>
+      <c r="D37" s="62"/>
+      <c r="E37" s="63"/>
+      <c r="F37" s="67"/>
+      <c r="G37" s="68"/>
+      <c r="H37" s="68"/>
+      <c r="I37" s="68"/>
+      <c r="J37" s="68"/>
+      <c r="K37" s="68"/>
+      <c r="L37" s="68"/>
+      <c r="M37" s="68"/>
+      <c r="N37" s="68"/>
+      <c r="O37" s="68"/>
+      <c r="P37" s="68"/>
+      <c r="Q37" s="68"/>
+      <c r="R37" s="68"/>
+      <c r="S37" s="68"/>
+      <c r="T37" s="68"/>
+      <c r="U37" s="68"/>
+      <c r="V37" s="68"/>
+      <c r="W37" s="68"/>
+      <c r="X37" s="68"/>
+      <c r="Y37" s="68"/>
+      <c r="Z37" s="68"/>
+      <c r="AA37" s="68"/>
+      <c r="AB37" s="68"/>
+      <c r="AC37" s="68"/>
+      <c r="AD37" s="68"/>
+      <c r="AE37" s="68"/>
+      <c r="AF37" s="68"/>
+      <c r="AG37" s="68"/>
+      <c r="AH37" s="69"/>
+    </row>
+    <row r="38" spans="1:34" ht="11.1" customHeight="1">
+      <c r="A38" s="70"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="72"/>
+      <c r="D38" s="73"/>
+      <c r="E38" s="74"/>
+      <c r="F38" s="75"/>
+      <c r="G38" s="76"/>
+      <c r="H38" s="76"/>
+      <c r="I38" s="76"/>
+      <c r="J38" s="76"/>
+      <c r="K38" s="76"/>
+      <c r="L38" s="76"/>
+      <c r="M38" s="76"/>
+      <c r="N38" s="76"/>
+      <c r="O38" s="76"/>
+      <c r="P38" s="76"/>
+      <c r="Q38" s="76"/>
+      <c r="R38" s="76"/>
+      <c r="S38" s="76"/>
+      <c r="T38" s="76"/>
+      <c r="U38" s="76"/>
+      <c r="V38" s="76"/>
+      <c r="W38" s="76"/>
+      <c r="X38" s="76"/>
+      <c r="Y38" s="76"/>
+      <c r="Z38" s="76"/>
+      <c r="AA38" s="76"/>
+      <c r="AB38" s="76"/>
+      <c r="AC38" s="76"/>
+      <c r="AD38" s="76"/>
+      <c r="AE38" s="76"/>
+      <c r="AF38" s="76"/>
+      <c r="AG38" s="76"/>
+      <c r="AH38" s="77"/>
     </row>
     <row r="39" spans="1:34" ht="15" customHeight="1">
-      <c r="A39" s="165" t="s">
+      <c r="A39" s="81" t="s">
         <v>70</v>
       </c>
-      <c r="B39" s="166"/>
-[...15 lines deleted...]
-      <c r="R39" s="191" t="s">
+      <c r="B39" s="85"/>
+      <c r="C39" s="85"/>
+      <c r="D39" s="85"/>
+      <c r="E39" s="85"/>
+      <c r="F39" s="85"/>
+      <c r="G39" s="85"/>
+      <c r="H39" s="85"/>
+      <c r="I39" s="85"/>
+      <c r="J39" s="85"/>
+      <c r="K39" s="85"/>
+      <c r="L39" s="85"/>
+      <c r="M39" s="85"/>
+      <c r="N39" s="85"/>
+      <c r="O39" s="85"/>
+      <c r="P39" s="85"/>
+      <c r="Q39" s="96"/>
+      <c r="R39" s="97" t="s">
         <v>71</v>
       </c>
-      <c r="S39" s="179"/>
-[...14 lines deleted...]
-      <c r="AH39" s="192"/>
+      <c r="S39" s="82"/>
+      <c r="T39" s="82"/>
+      <c r="U39" s="82"/>
+      <c r="V39" s="82"/>
+      <c r="W39" s="82"/>
+      <c r="X39" s="82"/>
+      <c r="Y39" s="82"/>
+      <c r="Z39" s="82"/>
+      <c r="AA39" s="82"/>
+      <c r="AB39" s="82"/>
+      <c r="AC39" s="82"/>
+      <c r="AD39" s="82"/>
+      <c r="AE39" s="82"/>
+      <c r="AF39" s="82"/>
+      <c r="AG39" s="82"/>
+      <c r="AH39" s="98"/>
     </row>
     <row r="40" spans="1:34" ht="15" customHeight="1">
-      <c r="A40" s="193"/>
-[...32 lines deleted...]
-      <c r="AH40" s="195"/>
+      <c r="A40" s="48"/>
+      <c r="B40" s="49"/>
+      <c r="C40" s="49"/>
+      <c r="D40" s="49"/>
+      <c r="E40" s="49"/>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="49"/>
+      <c r="J40" s="49"/>
+      <c r="K40" s="49"/>
+      <c r="L40" s="49"/>
+      <c r="M40" s="49"/>
+      <c r="N40" s="49"/>
+      <c r="O40" s="49"/>
+      <c r="P40" s="49"/>
+      <c r="Q40" s="50"/>
+      <c r="R40" s="48"/>
+      <c r="S40" s="49"/>
+      <c r="T40" s="49"/>
+      <c r="U40" s="49"/>
+      <c r="V40" s="49"/>
+      <c r="W40" s="49"/>
+      <c r="X40" s="49"/>
+      <c r="Y40" s="49"/>
+      <c r="Z40" s="49"/>
+      <c r="AA40" s="49"/>
+      <c r="AB40" s="49"/>
+      <c r="AC40" s="49"/>
+      <c r="AD40" s="49"/>
+      <c r="AE40" s="49"/>
+      <c r="AF40" s="49"/>
+      <c r="AG40" s="49"/>
+      <c r="AH40" s="50"/>
     </row>
     <row r="41" spans="1:34" ht="18.75" customHeight="1">
-      <c r="A41" s="196"/>
-[...32 lines deleted...]
-      <c r="AH41" s="198"/>
+      <c r="A41" s="51"/>
+      <c r="B41" s="52"/>
+      <c r="C41" s="52"/>
+      <c r="D41" s="52"/>
+      <c r="E41" s="52"/>
+      <c r="F41" s="52"/>
+      <c r="G41" s="52"/>
+      <c r="H41" s="52"/>
+      <c r="I41" s="52"/>
+      <c r="J41" s="52"/>
+      <c r="K41" s="52"/>
+      <c r="L41" s="52"/>
+      <c r="M41" s="52"/>
+      <c r="N41" s="52"/>
+      <c r="O41" s="52"/>
+      <c r="P41" s="52"/>
+      <c r="Q41" s="53"/>
+      <c r="R41" s="51"/>
+      <c r="S41" s="52"/>
+      <c r="T41" s="52"/>
+      <c r="U41" s="52"/>
+      <c r="V41" s="52"/>
+      <c r="W41" s="52"/>
+      <c r="X41" s="52"/>
+      <c r="Y41" s="52"/>
+      <c r="Z41" s="52"/>
+      <c r="AA41" s="52"/>
+      <c r="AB41" s="52"/>
+      <c r="AC41" s="52"/>
+      <c r="AD41" s="52"/>
+      <c r="AE41" s="52"/>
+      <c r="AF41" s="52"/>
+      <c r="AG41" s="52"/>
+      <c r="AH41" s="53"/>
     </row>
     <row r="42" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A42" s="165" t="s">
+      <c r="A42" s="81" t="s">
         <v>15</v>
       </c>
-      <c r="B42" s="179"/>
-[...31 lines deleted...]
-      <c r="AH42" s="181"/>
+      <c r="B42" s="82"/>
+      <c r="C42" s="82"/>
+      <c r="D42" s="82"/>
+      <c r="E42" s="82"/>
+      <c r="F42" s="82"/>
+      <c r="G42" s="82"/>
+      <c r="H42" s="82"/>
+      <c r="I42" s="82"/>
+      <c r="J42" s="82"/>
+      <c r="K42" s="82"/>
+      <c r="L42" s="82"/>
+      <c r="M42" s="82"/>
+      <c r="N42" s="82"/>
+      <c r="O42" s="82"/>
+      <c r="P42" s="82"/>
+      <c r="Q42" s="82"/>
+      <c r="R42" s="82"/>
+      <c r="S42" s="82"/>
+      <c r="T42" s="82"/>
+      <c r="U42" s="82"/>
+      <c r="V42" s="82"/>
+      <c r="W42" s="82"/>
+      <c r="X42" s="82"/>
+      <c r="Y42" s="82"/>
+      <c r="Z42" s="83"/>
+      <c r="AA42" s="83"/>
+      <c r="AB42" s="83"/>
+      <c r="AC42" s="83"/>
+      <c r="AD42" s="83"/>
+      <c r="AE42" s="83"/>
+      <c r="AF42" s="83"/>
+      <c r="AG42" s="83"/>
+      <c r="AH42" s="84"/>
     </row>
     <row r="43" spans="1:34" ht="12" customHeight="1">
-      <c r="A43" s="182"/>
-[...32 lines deleted...]
-      <c r="AH43" s="184"/>
+      <c r="A43" s="86"/>
+      <c r="B43" s="87"/>
+      <c r="C43" s="87"/>
+      <c r="D43" s="87"/>
+      <c r="E43" s="87"/>
+      <c r="F43" s="87"/>
+      <c r="G43" s="87"/>
+      <c r="H43" s="87"/>
+      <c r="I43" s="87"/>
+      <c r="J43" s="87"/>
+      <c r="K43" s="87"/>
+      <c r="L43" s="87"/>
+      <c r="M43" s="87"/>
+      <c r="N43" s="87"/>
+      <c r="O43" s="87"/>
+      <c r="P43" s="87"/>
+      <c r="Q43" s="87"/>
+      <c r="R43" s="87"/>
+      <c r="S43" s="87"/>
+      <c r="T43" s="87"/>
+      <c r="U43" s="87"/>
+      <c r="V43" s="87"/>
+      <c r="W43" s="87"/>
+      <c r="X43" s="87"/>
+      <c r="Y43" s="87"/>
+      <c r="Z43" s="87"/>
+      <c r="AA43" s="87"/>
+      <c r="AB43" s="87"/>
+      <c r="AC43" s="87"/>
+      <c r="AD43" s="87"/>
+      <c r="AE43" s="87"/>
+      <c r="AF43" s="87"/>
+      <c r="AG43" s="87"/>
+      <c r="AH43" s="88"/>
     </row>
     <row r="44" spans="1:34" ht="12" customHeight="1">
-      <c r="A44" s="185"/>
-[...32 lines deleted...]
-      <c r="AH44" s="187"/>
+      <c r="A44" s="89"/>
+      <c r="B44" s="90"/>
+      <c r="C44" s="90"/>
+      <c r="D44" s="90"/>
+      <c r="E44" s="90"/>
+      <c r="F44" s="90"/>
+      <c r="G44" s="90"/>
+      <c r="H44" s="90"/>
+      <c r="I44" s="90"/>
+      <c r="J44" s="90"/>
+      <c r="K44" s="90"/>
+      <c r="L44" s="90"/>
+      <c r="M44" s="90"/>
+      <c r="N44" s="90"/>
+      <c r="O44" s="90"/>
+      <c r="P44" s="90"/>
+      <c r="Q44" s="90"/>
+      <c r="R44" s="90"/>
+      <c r="S44" s="90"/>
+      <c r="T44" s="90"/>
+      <c r="U44" s="90"/>
+      <c r="V44" s="90"/>
+      <c r="W44" s="90"/>
+      <c r="X44" s="90"/>
+      <c r="Y44" s="90"/>
+      <c r="Z44" s="90"/>
+      <c r="AA44" s="90"/>
+      <c r="AB44" s="90"/>
+      <c r="AC44" s="90"/>
+      <c r="AD44" s="90"/>
+      <c r="AE44" s="90"/>
+      <c r="AF44" s="90"/>
+      <c r="AG44" s="90"/>
+      <c r="AH44" s="91"/>
     </row>
     <row r="45" spans="1:34" ht="11.25" customHeight="1">
-      <c r="A45" s="185"/>
-[...32 lines deleted...]
-      <c r="AH45" s="187"/>
+      <c r="A45" s="89"/>
+      <c r="B45" s="90"/>
+      <c r="C45" s="90"/>
+      <c r="D45" s="90"/>
+      <c r="E45" s="90"/>
+      <c r="F45" s="90"/>
+      <c r="G45" s="90"/>
+      <c r="H45" s="90"/>
+      <c r="I45" s="90"/>
+      <c r="J45" s="90"/>
+      <c r="K45" s="90"/>
+      <c r="L45" s="90"/>
+      <c r="M45" s="90"/>
+      <c r="N45" s="90"/>
+      <c r="O45" s="90"/>
+      <c r="P45" s="90"/>
+      <c r="Q45" s="90"/>
+      <c r="R45" s="90"/>
+      <c r="S45" s="90"/>
+      <c r="T45" s="90"/>
+      <c r="U45" s="90"/>
+      <c r="V45" s="90"/>
+      <c r="W45" s="90"/>
+      <c r="X45" s="90"/>
+      <c r="Y45" s="90"/>
+      <c r="Z45" s="90"/>
+      <c r="AA45" s="90"/>
+      <c r="AB45" s="90"/>
+      <c r="AC45" s="90"/>
+      <c r="AD45" s="90"/>
+      <c r="AE45" s="90"/>
+      <c r="AF45" s="90"/>
+      <c r="AG45" s="90"/>
+      <c r="AH45" s="91"/>
     </row>
     <row r="46" spans="1:34" ht="12" customHeight="1">
-      <c r="A46" s="132"/>
-[...32 lines deleted...]
-      <c r="AH46" s="189"/>
+      <c r="A46" s="92"/>
+      <c r="B46" s="93"/>
+      <c r="C46" s="93"/>
+      <c r="D46" s="93"/>
+      <c r="E46" s="93"/>
+      <c r="F46" s="93"/>
+      <c r="G46" s="93"/>
+      <c r="H46" s="93"/>
+      <c r="I46" s="93"/>
+      <c r="J46" s="93"/>
+      <c r="K46" s="93"/>
+      <c r="L46" s="93"/>
+      <c r="M46" s="93"/>
+      <c r="N46" s="93"/>
+      <c r="O46" s="93"/>
+      <c r="P46" s="93"/>
+      <c r="Q46" s="93"/>
+      <c r="R46" s="93"/>
+      <c r="S46" s="93"/>
+      <c r="T46" s="93"/>
+      <c r="U46" s="93"/>
+      <c r="V46" s="93"/>
+      <c r="W46" s="93"/>
+      <c r="X46" s="93"/>
+      <c r="Y46" s="93"/>
+      <c r="Z46" s="93"/>
+      <c r="AA46" s="93"/>
+      <c r="AB46" s="93"/>
+      <c r="AC46" s="93"/>
+      <c r="AD46" s="93"/>
+      <c r="AE46" s="93"/>
+      <c r="AF46" s="93"/>
+      <c r="AG46" s="93"/>
+      <c r="AH46" s="94"/>
     </row>
     <row r="47" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A47" s="165" t="s">
+      <c r="A47" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="B47" s="166"/>
-[...31 lines deleted...]
-      <c r="AH47" s="181"/>
+      <c r="B47" s="85"/>
+      <c r="C47" s="85"/>
+      <c r="D47" s="85"/>
+      <c r="E47" s="85"/>
+      <c r="F47" s="85"/>
+      <c r="G47" s="85"/>
+      <c r="H47" s="85"/>
+      <c r="I47" s="85"/>
+      <c r="J47" s="85"/>
+      <c r="K47" s="85"/>
+      <c r="L47" s="85"/>
+      <c r="M47" s="85"/>
+      <c r="N47" s="85"/>
+      <c r="O47" s="85"/>
+      <c r="P47" s="85"/>
+      <c r="Q47" s="85"/>
+      <c r="R47" s="85"/>
+      <c r="S47" s="85"/>
+      <c r="T47" s="85"/>
+      <c r="U47" s="85"/>
+      <c r="V47" s="85"/>
+      <c r="W47" s="85"/>
+      <c r="X47" s="85"/>
+      <c r="Y47" s="85"/>
+      <c r="Z47" s="83"/>
+      <c r="AA47" s="83"/>
+      <c r="AB47" s="83"/>
+      <c r="AC47" s="83"/>
+      <c r="AD47" s="83"/>
+      <c r="AE47" s="83"/>
+      <c r="AF47" s="83"/>
+      <c r="AG47" s="83"/>
+      <c r="AH47" s="84"/>
     </row>
     <row r="48" spans="1:34" ht="12" customHeight="1">
-      <c r="A48" s="182"/>
-[...32 lines deleted...]
-      <c r="AH48" s="184"/>
+      <c r="A48" s="86"/>
+      <c r="B48" s="87"/>
+      <c r="C48" s="87"/>
+      <c r="D48" s="87"/>
+      <c r="E48" s="87"/>
+      <c r="F48" s="87"/>
+      <c r="G48" s="87"/>
+      <c r="H48" s="87"/>
+      <c r="I48" s="87"/>
+      <c r="J48" s="87"/>
+      <c r="K48" s="87"/>
+      <c r="L48" s="87"/>
+      <c r="M48" s="87"/>
+      <c r="N48" s="87"/>
+      <c r="O48" s="87"/>
+      <c r="P48" s="87"/>
+      <c r="Q48" s="87"/>
+      <c r="R48" s="87"/>
+      <c r="S48" s="87"/>
+      <c r="T48" s="87"/>
+      <c r="U48" s="87"/>
+      <c r="V48" s="87"/>
+      <c r="W48" s="87"/>
+      <c r="X48" s="87"/>
+      <c r="Y48" s="87"/>
+      <c r="Z48" s="87"/>
+      <c r="AA48" s="87"/>
+      <c r="AB48" s="87"/>
+      <c r="AC48" s="87"/>
+      <c r="AD48" s="87"/>
+      <c r="AE48" s="87"/>
+      <c r="AF48" s="87"/>
+      <c r="AG48" s="87"/>
+      <c r="AH48" s="88"/>
     </row>
     <row r="49" spans="1:49" ht="10.5" customHeight="1">
-      <c r="A49" s="185"/>
-[...32 lines deleted...]
-      <c r="AH49" s="187"/>
+      <c r="A49" s="89"/>
+      <c r="B49" s="90"/>
+      <c r="C49" s="90"/>
+      <c r="D49" s="90"/>
+      <c r="E49" s="90"/>
+      <c r="F49" s="90"/>
+      <c r="G49" s="90"/>
+      <c r="H49" s="90"/>
+      <c r="I49" s="90"/>
+      <c r="J49" s="90"/>
+      <c r="K49" s="90"/>
+      <c r="L49" s="90"/>
+      <c r="M49" s="90"/>
+      <c r="N49" s="90"/>
+      <c r="O49" s="90"/>
+      <c r="P49" s="90"/>
+      <c r="Q49" s="90"/>
+      <c r="R49" s="90"/>
+      <c r="S49" s="90"/>
+      <c r="T49" s="90"/>
+      <c r="U49" s="90"/>
+      <c r="V49" s="90"/>
+      <c r="W49" s="90"/>
+      <c r="X49" s="90"/>
+      <c r="Y49" s="90"/>
+      <c r="Z49" s="90"/>
+      <c r="AA49" s="90"/>
+      <c r="AB49" s="90"/>
+      <c r="AC49" s="90"/>
+      <c r="AD49" s="90"/>
+      <c r="AE49" s="90"/>
+      <c r="AF49" s="90"/>
+      <c r="AG49" s="90"/>
+      <c r="AH49" s="91"/>
     </row>
     <row r="50" spans="1:49" ht="12" customHeight="1">
-      <c r="A50" s="132"/>
-[...32 lines deleted...]
-      <c r="AH50" s="189"/>
+      <c r="A50" s="92"/>
+      <c r="B50" s="93"/>
+      <c r="C50" s="93"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
+      <c r="I50" s="93"/>
+      <c r="J50" s="93"/>
+      <c r="K50" s="93"/>
+      <c r="L50" s="93"/>
+      <c r="M50" s="93"/>
+      <c r="N50" s="93"/>
+      <c r="O50" s="93"/>
+      <c r="P50" s="93"/>
+      <c r="Q50" s="93"/>
+      <c r="R50" s="93"/>
+      <c r="S50" s="93"/>
+      <c r="T50" s="93"/>
+      <c r="U50" s="93"/>
+      <c r="V50" s="93"/>
+      <c r="W50" s="93"/>
+      <c r="X50" s="93"/>
+      <c r="Y50" s="93"/>
+      <c r="Z50" s="93"/>
+      <c r="AA50" s="93"/>
+      <c r="AB50" s="93"/>
+      <c r="AC50" s="93"/>
+      <c r="AD50" s="93"/>
+      <c r="AE50" s="93"/>
+      <c r="AF50" s="93"/>
+      <c r="AG50" s="93"/>
+      <c r="AH50" s="94"/>
     </row>
     <row r="51" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A51" s="165" t="s">
+      <c r="A51" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="B51" s="179"/>
-[...31 lines deleted...]
-      <c r="AH51" s="181"/>
+      <c r="B51" s="82"/>
+      <c r="C51" s="82"/>
+      <c r="D51" s="82"/>
+      <c r="E51" s="82"/>
+      <c r="F51" s="82"/>
+      <c r="G51" s="82"/>
+      <c r="H51" s="82"/>
+      <c r="I51" s="82"/>
+      <c r="J51" s="82"/>
+      <c r="K51" s="82"/>
+      <c r="L51" s="82"/>
+      <c r="M51" s="82"/>
+      <c r="N51" s="82"/>
+      <c r="O51" s="82"/>
+      <c r="P51" s="82"/>
+      <c r="Q51" s="82"/>
+      <c r="R51" s="82"/>
+      <c r="S51" s="82"/>
+      <c r="T51" s="82"/>
+      <c r="U51" s="82"/>
+      <c r="V51" s="82"/>
+      <c r="W51" s="82"/>
+      <c r="X51" s="82"/>
+      <c r="Y51" s="82"/>
+      <c r="Z51" s="83"/>
+      <c r="AA51" s="83"/>
+      <c r="AB51" s="83"/>
+      <c r="AC51" s="83"/>
+      <c r="AD51" s="83"/>
+      <c r="AE51" s="83"/>
+      <c r="AF51" s="83"/>
+      <c r="AG51" s="83"/>
+      <c r="AH51" s="84"/>
     </row>
     <row r="52" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A52" s="182"/>
-[...32 lines deleted...]
-      <c r="AH52" s="184"/>
+      <c r="A52" s="86"/>
+      <c r="B52" s="87"/>
+      <c r="C52" s="87"/>
+      <c r="D52" s="87"/>
+      <c r="E52" s="87"/>
+      <c r="F52" s="87"/>
+      <c r="G52" s="87"/>
+      <c r="H52" s="87"/>
+      <c r="I52" s="87"/>
+      <c r="J52" s="87"/>
+      <c r="K52" s="87"/>
+      <c r="L52" s="87"/>
+      <c r="M52" s="87"/>
+      <c r="N52" s="87"/>
+      <c r="O52" s="87"/>
+      <c r="P52" s="87"/>
+      <c r="Q52" s="87"/>
+      <c r="R52" s="87"/>
+      <c r="S52" s="87"/>
+      <c r="T52" s="87"/>
+      <c r="U52" s="87"/>
+      <c r="V52" s="87"/>
+      <c r="W52" s="87"/>
+      <c r="X52" s="87"/>
+      <c r="Y52" s="87"/>
+      <c r="Z52" s="87"/>
+      <c r="AA52" s="87"/>
+      <c r="AB52" s="87"/>
+      <c r="AC52" s="87"/>
+      <c r="AD52" s="87"/>
+      <c r="AE52" s="87"/>
+      <c r="AF52" s="87"/>
+      <c r="AG52" s="87"/>
+      <c r="AH52" s="88"/>
     </row>
     <row r="53" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A53" s="185"/>
-[...32 lines deleted...]
-      <c r="AH53" s="187"/>
+      <c r="A53" s="89"/>
+      <c r="B53" s="90"/>
+      <c r="C53" s="90"/>
+      <c r="D53" s="90"/>
+      <c r="E53" s="90"/>
+      <c r="F53" s="90"/>
+      <c r="G53" s="90"/>
+      <c r="H53" s="90"/>
+      <c r="I53" s="90"/>
+      <c r="J53" s="90"/>
+      <c r="K53" s="90"/>
+      <c r="L53" s="90"/>
+      <c r="M53" s="90"/>
+      <c r="N53" s="90"/>
+      <c r="O53" s="90"/>
+      <c r="P53" s="90"/>
+      <c r="Q53" s="90"/>
+      <c r="R53" s="90"/>
+      <c r="S53" s="90"/>
+      <c r="T53" s="90"/>
+      <c r="U53" s="90"/>
+      <c r="V53" s="90"/>
+      <c r="W53" s="90"/>
+      <c r="X53" s="90"/>
+      <c r="Y53" s="90"/>
+      <c r="Z53" s="90"/>
+      <c r="AA53" s="90"/>
+      <c r="AB53" s="90"/>
+      <c r="AC53" s="90"/>
+      <c r="AD53" s="90"/>
+      <c r="AE53" s="90"/>
+      <c r="AF53" s="90"/>
+      <c r="AG53" s="90"/>
+      <c r="AH53" s="91"/>
     </row>
     <row r="54" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A54" s="185"/>
-[...32 lines deleted...]
-      <c r="AH54" s="187"/>
+      <c r="A54" s="89"/>
+      <c r="B54" s="90"/>
+      <c r="C54" s="90"/>
+      <c r="D54" s="90"/>
+      <c r="E54" s="90"/>
+      <c r="F54" s="90"/>
+      <c r="G54" s="90"/>
+      <c r="H54" s="90"/>
+      <c r="I54" s="90"/>
+      <c r="J54" s="90"/>
+      <c r="K54" s="90"/>
+      <c r="L54" s="90"/>
+      <c r="M54" s="90"/>
+      <c r="N54" s="90"/>
+      <c r="O54" s="90"/>
+      <c r="P54" s="90"/>
+      <c r="Q54" s="90"/>
+      <c r="R54" s="90"/>
+      <c r="S54" s="90"/>
+      <c r="T54" s="90"/>
+      <c r="U54" s="90"/>
+      <c r="V54" s="90"/>
+      <c r="W54" s="90"/>
+      <c r="X54" s="90"/>
+      <c r="Y54" s="90"/>
+      <c r="Z54" s="90"/>
+      <c r="AA54" s="90"/>
+      <c r="AB54" s="90"/>
+      <c r="AC54" s="90"/>
+      <c r="AD54" s="90"/>
+      <c r="AE54" s="90"/>
+      <c r="AF54" s="90"/>
+      <c r="AG54" s="90"/>
+      <c r="AH54" s="91"/>
     </row>
     <row r="55" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A55" s="185"/>
-[...32 lines deleted...]
-      <c r="AH55" s="187"/>
+      <c r="A55" s="89"/>
+      <c r="B55" s="90"/>
+      <c r="C55" s="90"/>
+      <c r="D55" s="90"/>
+      <c r="E55" s="90"/>
+      <c r="F55" s="90"/>
+      <c r="G55" s="90"/>
+      <c r="H55" s="90"/>
+      <c r="I55" s="90"/>
+      <c r="J55" s="90"/>
+      <c r="K55" s="90"/>
+      <c r="L55" s="90"/>
+      <c r="M55" s="90"/>
+      <c r="N55" s="90"/>
+      <c r="O55" s="90"/>
+      <c r="P55" s="90"/>
+      <c r="Q55" s="90"/>
+      <c r="R55" s="90"/>
+      <c r="S55" s="90"/>
+      <c r="T55" s="90"/>
+      <c r="U55" s="90"/>
+      <c r="V55" s="90"/>
+      <c r="W55" s="90"/>
+      <c r="X55" s="90"/>
+      <c r="Y55" s="90"/>
+      <c r="Z55" s="90"/>
+      <c r="AA55" s="90"/>
+      <c r="AB55" s="90"/>
+      <c r="AC55" s="90"/>
+      <c r="AD55" s="90"/>
+      <c r="AE55" s="90"/>
+      <c r="AF55" s="90"/>
+      <c r="AG55" s="90"/>
+      <c r="AH55" s="91"/>
     </row>
     <row r="56" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A56" s="132"/>
-[...32 lines deleted...]
-      <c r="AH56" s="189"/>
+      <c r="A56" s="92"/>
+      <c r="B56" s="93"/>
+      <c r="C56" s="93"/>
+      <c r="D56" s="93"/>
+      <c r="E56" s="93"/>
+      <c r="F56" s="93"/>
+      <c r="G56" s="93"/>
+      <c r="H56" s="93"/>
+      <c r="I56" s="93"/>
+      <c r="J56" s="93"/>
+      <c r="K56" s="93"/>
+      <c r="L56" s="93"/>
+      <c r="M56" s="93"/>
+      <c r="N56" s="93"/>
+      <c r="O56" s="93"/>
+      <c r="P56" s="93"/>
+      <c r="Q56" s="93"/>
+      <c r="R56" s="93"/>
+      <c r="S56" s="93"/>
+      <c r="T56" s="93"/>
+      <c r="U56" s="93"/>
+      <c r="V56" s="93"/>
+      <c r="W56" s="93"/>
+      <c r="X56" s="93"/>
+      <c r="Y56" s="93"/>
+      <c r="Z56" s="93"/>
+      <c r="AA56" s="93"/>
+      <c r="AB56" s="93"/>
+      <c r="AC56" s="93"/>
+      <c r="AD56" s="93"/>
+      <c r="AE56" s="93"/>
+      <c r="AF56" s="93"/>
+      <c r="AG56" s="93"/>
+      <c r="AH56" s="94"/>
     </row>
     <row r="57" spans="1:49" ht="6.75" customHeight="1">
       <c r="A57" s="19"/>
       <c r="B57" s="19"/>
       <c r="C57" s="19"/>
       <c r="D57" s="19"/>
       <c r="E57" s="19"/>
       <c r="F57" s="19"/>
       <c r="G57" s="19"/>
       <c r="H57" s="19"/>
       <c r="I57" s="19"/>
       <c r="J57" s="19"/>
       <c r="K57" s="19"/>
       <c r="L57" s="19"/>
       <c r="M57" s="19"/>
       <c r="N57" s="19"/>
       <c r="O57" s="19"/>
       <c r="P57" s="19"/>
       <c r="Q57" s="19"/>
       <c r="R57" s="19"/>
       <c r="S57" s="19"/>
       <c r="T57" s="19"/>
       <c r="U57" s="19"/>
       <c r="V57" s="19"/>
       <c r="W57" s="19"/>
@@ -5056,444 +5081,444 @@
       <c r="AT60" s="14"/>
       <c r="AU60" s="14"/>
       <c r="AV60" s="14"/>
       <c r="AW60" s="14"/>
     </row>
     <row r="61" spans="1:49" s="15" customFormat="1" ht="14.25" customHeight="1">
       <c r="A61" s="16"/>
       <c r="B61" s="39" t="s">
         <v>63</v>
       </c>
       <c r="C61" s="14" t="s">
         <v>72</v>
       </c>
       <c r="D61" s="16"/>
       <c r="E61" s="16"/>
       <c r="F61" s="16"/>
       <c r="G61" s="16"/>
       <c r="H61" s="16"/>
       <c r="I61" s="16"/>
       <c r="J61" s="16"/>
       <c r="P61" s="39"/>
       <c r="Q61" s="14" t="s">
         <v>64</v>
       </c>
       <c r="S61" s="17"/>
-      <c r="T61" s="177" t="s">
+      <c r="T61" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="U61" s="178"/>
-[...12 lines deleted...]
-      <c r="AH61" s="177" t="s">
+      <c r="U61" s="80"/>
+      <c r="V61" s="80"/>
+      <c r="W61" s="80"/>
+      <c r="X61" s="80"/>
+      <c r="Y61" s="80"/>
+      <c r="Z61" s="80"/>
+      <c r="AA61" s="80"/>
+      <c r="AB61" s="80"/>
+      <c r="AC61" s="80"/>
+      <c r="AD61" s="80"/>
+      <c r="AE61" s="80"/>
+      <c r="AF61" s="80"/>
+      <c r="AG61" s="80"/>
+      <c r="AH61" s="79" t="s">
         <v>21</v>
       </c>
       <c r="AI61" s="14"/>
       <c r="AJ61" s="14"/>
       <c r="AK61" s="14"/>
       <c r="AL61" s="14"/>
       <c r="AM61" s="14"/>
       <c r="AN61" s="14"/>
       <c r="AO61" s="14"/>
       <c r="AP61" s="14"/>
       <c r="AQ61" s="14"/>
       <c r="AR61" s="14"/>
       <c r="AS61" s="14"/>
       <c r="AT61" s="14"/>
       <c r="AU61" s="14"/>
       <c r="AV61" s="14"/>
       <c r="AW61" s="14"/>
     </row>
     <row r="62" spans="1:49" s="15" customFormat="1" ht="14.25" customHeight="1">
       <c r="A62" s="16"/>
       <c r="B62" s="39"/>
       <c r="C62" s="14" t="s">
         <v>73</v>
       </c>
       <c r="D62" s="16"/>
       <c r="E62" s="16"/>
       <c r="F62" s="16"/>
       <c r="G62" s="16"/>
       <c r="H62" s="16"/>
       <c r="I62" s="16"/>
       <c r="J62" s="16"/>
       <c r="K62" s="14"/>
       <c r="M62" s="16"/>
       <c r="N62" s="16"/>
       <c r="O62" s="16"/>
       <c r="P62" s="16"/>
       <c r="Q62" s="16"/>
       <c r="R62" s="16"/>
       <c r="S62" s="16"/>
-      <c r="T62" s="177"/>
-[...13 lines deleted...]
-      <c r="AH62" s="177"/>
+      <c r="T62" s="79"/>
+      <c r="U62" s="80"/>
+      <c r="V62" s="80"/>
+      <c r="W62" s="80"/>
+      <c r="X62" s="80"/>
+      <c r="Y62" s="80"/>
+      <c r="Z62" s="80"/>
+      <c r="AA62" s="80"/>
+      <c r="AB62" s="80"/>
+      <c r="AC62" s="80"/>
+      <c r="AD62" s="80"/>
+      <c r="AE62" s="80"/>
+      <c r="AF62" s="80"/>
+      <c r="AG62" s="80"/>
+      <c r="AH62" s="79"/>
       <c r="AI62" s="14"/>
       <c r="AJ62" s="14"/>
       <c r="AK62" s="14"/>
       <c r="AL62" s="14"/>
       <c r="AM62" s="14"/>
       <c r="AN62" s="14"/>
       <c r="AO62" s="14"/>
       <c r="AP62" s="14"/>
       <c r="AQ62" s="14"/>
       <c r="AR62" s="14"/>
       <c r="AS62" s="14"/>
       <c r="AT62" s="14"/>
       <c r="AU62" s="14"/>
       <c r="AV62" s="14"/>
       <c r="AW62" s="14"/>
     </row>
     <row r="63" spans="1:49" s="18" customFormat="1" ht="6" customHeight="1">
       <c r="A63" s="12"/>
       <c r="B63" s="13"/>
       <c r="C63" s="12"/>
       <c r="D63" s="12"/>
       <c r="E63" s="12"/>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
       <c r="I63" s="12"/>
       <c r="J63" s="12"/>
       <c r="K63" s="13"/>
       <c r="M63" s="12"/>
     </row>
     <row r="64" spans="1:49" ht="13.5" customHeight="1">
       <c r="A64" s="7" t="s">
         <v>25</v>
       </c>
       <c r="N64" s="21"/>
-      <c r="O64" s="190" t="s">
+      <c r="O64" s="95" t="s">
         <v>67</v>
       </c>
-      <c r="P64" s="190"/>
-[...17 lines deleted...]
-      <c r="AH64" s="190"/>
+      <c r="P64" s="95"/>
+      <c r="Q64" s="95"/>
+      <c r="R64" s="95"/>
+      <c r="S64" s="95"/>
+      <c r="T64" s="95"/>
+      <c r="U64" s="95"/>
+      <c r="V64" s="95"/>
+      <c r="W64" s="95"/>
+      <c r="X64" s="95"/>
+      <c r="Y64" s="95"/>
+      <c r="Z64" s="95"/>
+      <c r="AA64" s="95"/>
+      <c r="AB64" s="95"/>
+      <c r="AC64" s="95"/>
+      <c r="AD64" s="95"/>
+      <c r="AE64" s="95"/>
+      <c r="AF64" s="95"/>
+      <c r="AG64" s="95"/>
+      <c r="AH64" s="95"/>
     </row>
     <row r="65" spans="1:34" s="18" customFormat="1" ht="6" customHeight="1">
       <c r="A65" s="12"/>
       <c r="B65" s="13"/>
       <c r="C65" s="12"/>
       <c r="D65" s="12"/>
       <c r="E65" s="12"/>
       <c r="F65" s="12"/>
       <c r="G65" s="12"/>
       <c r="H65" s="12"/>
       <c r="I65" s="12"/>
       <c r="J65" s="12"/>
       <c r="K65" s="13"/>
       <c r="M65" s="12"/>
-      <c r="O65" s="190"/>
-[...18 lines deleted...]
-      <c r="AH65" s="190"/>
+      <c r="O65" s="95"/>
+      <c r="P65" s="95"/>
+      <c r="Q65" s="95"/>
+      <c r="R65" s="95"/>
+      <c r="S65" s="95"/>
+      <c r="T65" s="95"/>
+      <c r="U65" s="95"/>
+      <c r="V65" s="95"/>
+      <c r="W65" s="95"/>
+      <c r="X65" s="95"/>
+      <c r="Y65" s="95"/>
+      <c r="Z65" s="95"/>
+      <c r="AA65" s="95"/>
+      <c r="AB65" s="95"/>
+      <c r="AC65" s="95"/>
+      <c r="AD65" s="95"/>
+      <c r="AE65" s="95"/>
+      <c r="AF65" s="95"/>
+      <c r="AG65" s="95"/>
+      <c r="AH65" s="95"/>
     </row>
     <row r="66" spans="1:34">
       <c r="B66" s="20" t="s">
         <v>26</v>
       </c>
       <c r="M66" s="22"/>
-      <c r="O66" s="190"/>
-[...18 lines deleted...]
-      <c r="AH66" s="190"/>
+      <c r="O66" s="95"/>
+      <c r="P66" s="95"/>
+      <c r="Q66" s="95"/>
+      <c r="R66" s="95"/>
+      <c r="S66" s="95"/>
+      <c r="T66" s="95"/>
+      <c r="U66" s="95"/>
+      <c r="V66" s="95"/>
+      <c r="W66" s="95"/>
+      <c r="X66" s="95"/>
+      <c r="Y66" s="95"/>
+      <c r="Z66" s="95"/>
+      <c r="AA66" s="95"/>
+      <c r="AB66" s="95"/>
+      <c r="AC66" s="95"/>
+      <c r="AD66" s="95"/>
+      <c r="AE66" s="95"/>
+      <c r="AF66" s="95"/>
+      <c r="AG66" s="95"/>
+      <c r="AH66" s="95"/>
     </row>
     <row r="67" spans="1:34" s="18" customFormat="1" ht="3" customHeight="1">
       <c r="A67" s="12"/>
       <c r="B67" s="13"/>
       <c r="C67" s="12"/>
       <c r="D67" s="12"/>
       <c r="E67" s="12"/>
       <c r="F67" s="12"/>
       <c r="G67" s="12"/>
       <c r="H67" s="12"/>
       <c r="I67" s="12"/>
       <c r="J67" s="12"/>
       <c r="K67" s="13"/>
       <c r="M67" s="12"/>
     </row>
     <row r="68" spans="1:34">
-      <c r="A68" s="176"/>
-[...32 lines deleted...]
-      <c r="AH68" s="176"/>
+      <c r="A68" s="78"/>
+      <c r="B68" s="78"/>
+      <c r="C68" s="78"/>
+      <c r="D68" s="78"/>
+      <c r="E68" s="78"/>
+      <c r="F68" s="78"/>
+      <c r="G68" s="78"/>
+      <c r="H68" s="78"/>
+      <c r="I68" s="78"/>
+      <c r="J68" s="78"/>
+      <c r="K68" s="78"/>
+      <c r="L68" s="78"/>
+      <c r="M68" s="78"/>
+      <c r="N68" s="78"/>
+      <c r="O68" s="78"/>
+      <c r="P68" s="78"/>
+      <c r="Q68" s="78"/>
+      <c r="R68" s="78"/>
+      <c r="S68" s="78"/>
+      <c r="T68" s="78"/>
+      <c r="U68" s="78"/>
+      <c r="V68" s="78"/>
+      <c r="W68" s="78"/>
+      <c r="X68" s="78"/>
+      <c r="Y68" s="78"/>
+      <c r="Z68" s="78"/>
+      <c r="AA68" s="78"/>
+      <c r="AB68" s="78"/>
+      <c r="AC68" s="78"/>
+      <c r="AD68" s="78"/>
+      <c r="AE68" s="78"/>
+      <c r="AF68" s="78"/>
+      <c r="AG68" s="78"/>
+      <c r="AH68" s="78"/>
     </row>
     <row r="69" spans="1:34">
-      <c r="A69" s="176"/>
-[...32 lines deleted...]
-      <c r="AH69" s="176"/>
+      <c r="A69" s="78"/>
+      <c r="B69" s="78"/>
+      <c r="C69" s="78"/>
+      <c r="D69" s="78"/>
+      <c r="E69" s="78"/>
+      <c r="F69" s="78"/>
+      <c r="G69" s="78"/>
+      <c r="H69" s="78"/>
+      <c r="I69" s="78"/>
+      <c r="J69" s="78"/>
+      <c r="K69" s="78"/>
+      <c r="L69" s="78"/>
+      <c r="M69" s="78"/>
+      <c r="N69" s="78"/>
+      <c r="O69" s="78"/>
+      <c r="P69" s="78"/>
+      <c r="Q69" s="78"/>
+      <c r="R69" s="78"/>
+      <c r="S69" s="78"/>
+      <c r="T69" s="78"/>
+      <c r="U69" s="78"/>
+      <c r="V69" s="78"/>
+      <c r="W69" s="78"/>
+      <c r="X69" s="78"/>
+      <c r="Y69" s="78"/>
+      <c r="Z69" s="78"/>
+      <c r="AA69" s="78"/>
+      <c r="AB69" s="78"/>
+      <c r="AC69" s="78"/>
+      <c r="AD69" s="78"/>
+      <c r="AE69" s="78"/>
+      <c r="AF69" s="78"/>
+      <c r="AG69" s="78"/>
+      <c r="AH69" s="78"/>
     </row>
   </sheetData>
   <mergeCells count="68">
-    <mergeCell ref="A40:Q41"/>
-[...6 lines deleted...]
-    <mergeCell ref="F35:AH36"/>
+    <mergeCell ref="W5:AH5"/>
+    <mergeCell ref="I6:L6"/>
+    <mergeCell ref="I7:L10"/>
+    <mergeCell ref="M11:AB13"/>
+    <mergeCell ref="AC11:AD13"/>
+    <mergeCell ref="AG11:AH13"/>
+    <mergeCell ref="AE11:AF13"/>
+    <mergeCell ref="M7:AH10"/>
+    <mergeCell ref="B5:G13"/>
+    <mergeCell ref="Z15:AH15"/>
+    <mergeCell ref="Z18:AH18"/>
+    <mergeCell ref="Z19:AH20"/>
+    <mergeCell ref="AC16:AH16"/>
+    <mergeCell ref="AC17:AH17"/>
+    <mergeCell ref="I11:L13"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="D15:Y15"/>
+    <mergeCell ref="A16:C17"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="D18:Y18"/>
+    <mergeCell ref="E16:Y16"/>
+    <mergeCell ref="D17:Y17"/>
+    <mergeCell ref="E19:Y19"/>
+    <mergeCell ref="M6:AH6"/>
+    <mergeCell ref="D20:Y20"/>
+    <mergeCell ref="A27:C28"/>
+    <mergeCell ref="D27:E28"/>
+    <mergeCell ref="F27:AH28"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="D23:E24"/>
+    <mergeCell ref="F23:AH24"/>
+    <mergeCell ref="A25:C26"/>
+    <mergeCell ref="D25:E26"/>
+    <mergeCell ref="F25:AH26"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="F22:AH22"/>
+    <mergeCell ref="A19:C20"/>
+    <mergeCell ref="A29:C30"/>
+    <mergeCell ref="D29:E30"/>
+    <mergeCell ref="F29:AH30"/>
+    <mergeCell ref="A31:C32"/>
+    <mergeCell ref="D31:E32"/>
+    <mergeCell ref="F31:AH32"/>
     <mergeCell ref="A68:AH69"/>
     <mergeCell ref="AH61:AH62"/>
     <mergeCell ref="T61:T62"/>
     <mergeCell ref="U61:AG62"/>
     <mergeCell ref="F37:AH38"/>
     <mergeCell ref="A42:AH42"/>
     <mergeCell ref="A47:AH47"/>
     <mergeCell ref="A51:AH51"/>
     <mergeCell ref="A52:AH56"/>
     <mergeCell ref="A48:AH50"/>
     <mergeCell ref="A43:AH46"/>
     <mergeCell ref="O64:AH66"/>
     <mergeCell ref="A37:C38"/>
     <mergeCell ref="D37:E38"/>
     <mergeCell ref="A39:Q39"/>
     <mergeCell ref="R39:AH39"/>
-    <mergeCell ref="A29:C30"/>
-[...42 lines deleted...]
-    <mergeCell ref="I7:L10"/>
+    <mergeCell ref="A40:Q41"/>
+    <mergeCell ref="R40:AH41"/>
+    <mergeCell ref="A33:C34"/>
+    <mergeCell ref="D33:E34"/>
+    <mergeCell ref="F33:AH34"/>
+    <mergeCell ref="A35:C36"/>
+    <mergeCell ref="D35:E36"/>
+    <mergeCell ref="F35:AH36"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="3">
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE11:AF13 AC16:AH17 A23:E38" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M6" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M66 B60:B62 P60:P61" xr:uid="{13D18DFF-E20D-4B5D-A282-DA271705F243}">
       <formula1>"✓"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="O64:AH66" r:id="rId1" display="※本有期契約職員応募書類記入・提出にあたり、弊会の個人情報保護方針をご確認の上、同意していただける場合はチェックを入れてください。" xr:uid="{D197BDC3-F725-4B4D-8F43-9EC46321CD72}"/>
     <hyperlink ref="O59:AH59" r:id="rId2" display="※本有期契約職員応募書類記入・提出にあたり、弊会の個人情報保護方針をご確認の上、同意していただける場合はチェックを入れてください。" xr:uid="{1F23BA4C-86F8-4B1D-891A-81912F9553D2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.31496062992125984" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87C9CFB5-3999-4D24-975E-BE01D2058800}">
-  <dimension ref="A1:J49"/>
+  <dimension ref="A1:J51"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A28" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="J31" sqref="J31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.6328125" defaultRowHeight="13"/>
+  <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="2" width="7.7265625" style="23" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="16384" width="9.6328125" style="23"/>
+    <col min="1" max="2" width="7.75" style="23" customWidth="1"/>
+    <col min="3" max="3" width="21.625" style="23" customWidth="1"/>
+    <col min="4" max="9" width="8.75" style="23" customWidth="1"/>
+    <col min="10" max="16384" width="9.625" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="16.5">
-      <c r="A1" s="199" t="s">
+    <row r="1" spans="1:9" ht="17.25">
+      <c r="A1" s="211" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="200"/>
-[...6 lines deleted...]
-      <c r="I1" s="200"/>
+      <c r="B1" s="212"/>
+      <c r="C1" s="212"/>
+      <c r="D1" s="212"/>
+      <c r="E1" s="212"/>
+      <c r="F1" s="212"/>
+      <c r="G1" s="212"/>
+      <c r="H1" s="212"/>
+      <c r="I1" s="212"/>
     </row>
     <row r="2" spans="1:9" ht="13.5" customHeight="1">
       <c r="A2" s="37"/>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="24"/>
       <c r="B3" s="24"/>
       <c r="C3" s="24"/>
       <c r="D3" s="24"/>
       <c r="E3" s="24"/>
       <c r="F3" s="24"/>
       <c r="G3" s="24"/>
       <c r="H3" s="24"/>
       <c r="I3" s="25" t="s">
         <v>29</v>
       </c>
     </row>
@@ -5512,62 +5537,62 @@
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="24"/>
       <c r="B5" s="24"/>
       <c r="C5" s="24"/>
       <c r="D5" s="24"/>
       <c r="E5" s="24"/>
       <c r="F5" s="24"/>
       <c r="G5" s="24"/>
       <c r="H5" s="24"/>
       <c r="I5" s="25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="24"/>
       <c r="B6" s="24"/>
       <c r="C6" s="24"/>
       <c r="D6" s="24"/>
       <c r="E6" s="24"/>
       <c r="F6" s="24"/>
       <c r="G6" s="24"/>
       <c r="H6" s="24"/>
       <c r="I6" s="24"/>
     </row>
-    <row r="7" spans="1:9" ht="78.650000000000006" customHeight="1">
-      <c r="A7" s="201" t="s">
+    <row r="7" spans="1:9" ht="78.599999999999994" customHeight="1">
+      <c r="A7" s="204" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="201"/>
-[...6 lines deleted...]
-      <c r="I7" s="201"/>
+      <c r="B7" s="204"/>
+      <c r="C7" s="204"/>
+      <c r="D7" s="204"/>
+      <c r="E7" s="204"/>
+      <c r="F7" s="204"/>
+      <c r="G7" s="204"/>
+      <c r="H7" s="204"/>
+      <c r="I7" s="204"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="26"/>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="24" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="24"/>
       <c r="C9" s="24"/>
       <c r="D9" s="24"/>
       <c r="E9" s="24"/>
       <c r="F9" s="24"/>
       <c r="G9" s="24"/>
       <c r="H9" s="24"/>
       <c r="I9" s="24"/>
     </row>
@@ -5711,398 +5736,425 @@
     <row r="21" spans="1:9">
       <c r="A21" s="24"/>
       <c r="B21" s="24"/>
       <c r="C21" s="24"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="24"/>
       <c r="H21" s="24"/>
       <c r="I21" s="24"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="24" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="202" t="s">
+      <c r="A23" s="213" t="s">
         <v>43</v>
       </c>
-      <c r="B23" s="202"/>
-[...6 lines deleted...]
-      <c r="I23" s="202"/>
+      <c r="B23" s="213"/>
+      <c r="C23" s="213"/>
+      <c r="D23" s="213"/>
+      <c r="E23" s="213"/>
+      <c r="F23" s="213"/>
+      <c r="G23" s="213"/>
+      <c r="H23" s="213"/>
+      <c r="I23" s="213"/>
     </row>
     <row r="24" spans="1:9">
-      <c r="A24" s="202"/>
-[...7 lines deleted...]
-      <c r="I24" s="202"/>
+      <c r="A24" s="213"/>
+      <c r="B24" s="213"/>
+      <c r="C24" s="213"/>
+      <c r="D24" s="213"/>
+      <c r="E24" s="213"/>
+      <c r="F24" s="213"/>
+      <c r="G24" s="213"/>
+      <c r="H24" s="213"/>
+      <c r="I24" s="213"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="A25" s="202"/>
-[...7 lines deleted...]
-      <c r="I25" s="202"/>
+      <c r="A25" s="213"/>
+      <c r="B25" s="213"/>
+      <c r="C25" s="213"/>
+      <c r="D25" s="213"/>
+      <c r="E25" s="213"/>
+      <c r="F25" s="213"/>
+      <c r="G25" s="213"/>
+      <c r="H25" s="213"/>
+      <c r="I25" s="213"/>
     </row>
     <row r="26" spans="1:9">
-      <c r="A26" s="202"/>
-[...7 lines deleted...]
-      <c r="I26" s="202"/>
+      <c r="A26" s="213"/>
+      <c r="B26" s="213"/>
+      <c r="C26" s="213"/>
+      <c r="D26" s="213"/>
+      <c r="E26" s="213"/>
+      <c r="F26" s="213"/>
+      <c r="G26" s="213"/>
+      <c r="H26" s="213"/>
+      <c r="I26" s="213"/>
     </row>
     <row r="27" spans="1:9">
-      <c r="A27" s="202"/>
-[...7 lines deleted...]
-      <c r="I27" s="202"/>
+      <c r="A27" s="213"/>
+      <c r="B27" s="213"/>
+      <c r="C27" s="213"/>
+      <c r="D27" s="213"/>
+      <c r="E27" s="213"/>
+      <c r="F27" s="213"/>
+      <c r="G27" s="213"/>
+      <c r="H27" s="213"/>
+      <c r="I27" s="213"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B29" s="24"/>
       <c r="C29" s="24"/>
       <c r="D29" s="24"/>
       <c r="E29" s="24"/>
       <c r="F29" s="24"/>
       <c r="G29" s="24"/>
       <c r="H29" s="24"/>
       <c r="I29" s="24"/>
     </row>
     <row r="30" spans="1:9">
-      <c r="A30" s="201" t="s">
+      <c r="A30" s="204" t="s">
         <v>45</v>
       </c>
-      <c r="B30" s="201"/>
-[...6 lines deleted...]
-      <c r="I30" s="201"/>
+      <c r="B30" s="204"/>
+      <c r="C30" s="204"/>
+      <c r="D30" s="204"/>
+      <c r="E30" s="204"/>
+      <c r="F30" s="204"/>
+      <c r="G30" s="204"/>
+      <c r="H30" s="204"/>
+      <c r="I30" s="204"/>
     </row>
     <row r="31" spans="1:9">
-      <c r="A31" s="201"/>
-[...7 lines deleted...]
-      <c r="I31" s="201"/>
+      <c r="A31" s="204"/>
+      <c r="B31" s="204"/>
+      <c r="C31" s="204"/>
+      <c r="D31" s="204"/>
+      <c r="E31" s="204"/>
+      <c r="F31" s="204"/>
+      <c r="G31" s="204"/>
+      <c r="H31" s="204"/>
+      <c r="I31" s="204"/>
     </row>
     <row r="32" spans="1:9">
-      <c r="A32" s="201"/>
-[...20 lines deleted...]
-    <row r="34" spans="1:10">
+      <c r="A32" s="204"/>
+      <c r="B32" s="204"/>
+      <c r="C32" s="204"/>
+      <c r="D32" s="204"/>
+      <c r="E32" s="204"/>
+      <c r="F32" s="204"/>
+      <c r="G32" s="204"/>
+      <c r="H32" s="204"/>
+      <c r="I32" s="204"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.15" customHeight="1">
+      <c r="A33" s="204"/>
+      <c r="B33" s="204"/>
+      <c r="C33" s="204"/>
+      <c r="D33" s="204"/>
+      <c r="E33" s="204"/>
+      <c r="F33" s="204"/>
+      <c r="G33" s="204"/>
+      <c r="H33" s="204"/>
+      <c r="I33" s="204"/>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="28"/>
       <c r="C34" s="27"/>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
     </row>
-    <row r="35" spans="1:10">
-[...11 lines deleted...]
-      <c r="A36" s="29" t="s">
+    <row r="35" spans="1:9" ht="16.5" customHeight="1">
+      <c r="A35" s="216" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="217"/>
+      <c r="C35" s="218"/>
+      <c r="D35" s="218"/>
+      <c r="E35" s="218"/>
+      <c r="F35" s="218"/>
+      <c r="G35" s="218"/>
+      <c r="H35" s="218"/>
+      <c r="I35" s="218"/>
+    </row>
+    <row r="36" spans="1:9" ht="66.75" customHeight="1">
+      <c r="A36" s="219" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="219"/>
+      <c r="C36" s="219"/>
+      <c r="D36" s="219"/>
+      <c r="E36" s="219"/>
+      <c r="F36" s="219"/>
+      <c r="G36" s="219"/>
+      <c r="H36" s="219"/>
+      <c r="I36" s="219"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="24"/>
+      <c r="B37" s="24"/>
+      <c r="C37" s="24"/>
+      <c r="D37" s="24"/>
+      <c r="E37" s="24"/>
+      <c r="F37" s="24"/>
+      <c r="G37" s="24"/>
+      <c r="H37" s="24"/>
+      <c r="I37" s="24"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="29" t="s">
         <v>46</v>
       </c>
-      <c r="B36" s="29"/>
-[...9 lines deleted...]
-      <c r="A37" s="203" t="s">
+      <c r="B38" s="29"/>
+      <c r="C38" s="24"/>
+      <c r="D38" s="24"/>
+      <c r="E38" s="24"/>
+      <c r="F38" s="24"/>
+      <c r="G38" s="24"/>
+      <c r="H38" s="24"/>
+      <c r="I38" s="24"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="214" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="203"/>
-      <c r="C37" s="204" t="s">
+      <c r="B39" s="214"/>
+      <c r="C39" s="215" t="s">
         <v>48</v>
       </c>
-      <c r="D37" s="204"/>
-[...7 lines deleted...]
-      <c r="A38" s="207" t="s">
+      <c r="D39" s="215"/>
+      <c r="E39" s="215"/>
+      <c r="F39" s="215"/>
+      <c r="G39" s="215"/>
+      <c r="H39" s="215"/>
+      <c r="I39" s="215"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="201" t="s">
         <v>49</v>
       </c>
-      <c r="B38" s="207"/>
-      <c r="C38" s="30" t="s">
+      <c r="B40" s="201"/>
+      <c r="C40" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D38" s="208" t="s">
+      <c r="D40" s="202" t="s">
         <v>51</v>
       </c>
-      <c r="E38" s="208"/>
-[...8 lines deleted...]
-      <c r="C39" s="31" t="s">
+      <c r="E40" s="202"/>
+      <c r="F40" s="202"/>
+      <c r="G40" s="202"/>
+      <c r="H40" s="202"/>
+      <c r="I40" s="203"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="201"/>
+      <c r="B41" s="201"/>
+      <c r="C41" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="D39" s="201" t="s">
+      <c r="D41" s="204" t="s">
         <v>53</v>
       </c>
-      <c r="E39" s="201"/>
-[...8 lines deleted...]
-      <c r="C40" s="31" t="s">
+      <c r="E41" s="204"/>
+      <c r="F41" s="204"/>
+      <c r="G41" s="204"/>
+      <c r="H41" s="204"/>
+      <c r="I41" s="205"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="201"/>
+      <c r="B42" s="201"/>
+      <c r="C42" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="D40" s="211" t="s">
+      <c r="D42" s="206" t="s">
         <v>55</v>
       </c>
-      <c r="E40" s="211"/>
-[...8 lines deleted...]
-      <c r="C41" s="32" t="s">
+      <c r="E42" s="206"/>
+      <c r="F42" s="206"/>
+      <c r="G42" s="206"/>
+      <c r="H42" s="206"/>
+      <c r="I42" s="207"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="201"/>
+      <c r="B43" s="201"/>
+      <c r="C43" s="32" t="s">
         <v>56</v>
       </c>
-      <c r="D41" s="213" t="s">
+      <c r="D43" s="208" t="s">
         <v>57</v>
       </c>
-      <c r="E41" s="213"/>
-[...28 lines deleted...]
-      <c r="A44" s="215" t="s">
+      <c r="E43" s="208"/>
+      <c r="F43" s="208"/>
+      <c r="G43" s="208"/>
+      <c r="H43" s="208"/>
+      <c r="I43" s="209"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="24"/>
+      <c r="B44" s="24"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="24"/>
+      <c r="E44" s="24"/>
+      <c r="F44" s="24"/>
+      <c r="G44" s="24"/>
+      <c r="H44" s="24"/>
+      <c r="I44" s="24"/>
+    </row>
+    <row r="45" spans="1:9" ht="14.25" thickBot="1">
+      <c r="A45" s="33"/>
+      <c r="B45" s="33"/>
+      <c r="C45" s="33"/>
+      <c r="D45" s="33"/>
+      <c r="E45" s="33"/>
+      <c r="F45" s="33"/>
+      <c r="G45" s="33"/>
+      <c r="H45" s="33"/>
+      <c r="I45" s="33"/>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="210" t="s">
         <v>58</v>
       </c>
-      <c r="B44" s="215"/>
-[...9 lines deleted...]
-      <c r="A45" s="24" t="s">
+      <c r="B46" s="210"/>
+      <c r="C46" s="210"/>
+      <c r="D46" s="210"/>
+      <c r="E46" s="210"/>
+      <c r="F46" s="210"/>
+      <c r="G46" s="210"/>
+      <c r="H46" s="210"/>
+      <c r="I46" s="210"/>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="24" t="s">
         <v>59</v>
       </c>
-      <c r="B45" s="24"/>
-[...30 lines deleted...]
-      <c r="H47" s="206"/>
+      <c r="B47" s="24"/>
+      <c r="C47" s="24"/>
+      <c r="D47" s="24"/>
+      <c r="E47" s="24"/>
+      <c r="F47" s="24"/>
+      <c r="G47" s="24"/>
+      <c r="H47" s="24"/>
       <c r="I47" s="24"/>
-      <c r="J47" s="36"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:10">
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="24"/>
       <c r="B48" s="24"/>
       <c r="C48" s="24"/>
       <c r="D48" s="24"/>
       <c r="E48" s="24"/>
       <c r="F48" s="24"/>
       <c r="G48" s="24"/>
       <c r="H48" s="24"/>
-      <c r="I48" s="24"/>
-[...9 lines deleted...]
-      <c r="H49" s="24"/>
+    </row>
+    <row r="49" spans="1:10" ht="20.100000000000001" customHeight="1">
+      <c r="A49" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="B49" s="199"/>
+      <c r="C49" s="199"/>
+      <c r="D49" s="35" t="s">
+        <v>61</v>
+      </c>
+      <c r="E49" s="200"/>
+      <c r="F49" s="200"/>
+      <c r="G49" s="200"/>
+      <c r="H49" s="200"/>
       <c r="I49" s="24"/>
+      <c r="J49" s="36"/>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="24"/>
+      <c r="B50" s="24"/>
+      <c r="C50" s="24"/>
+      <c r="D50" s="24"/>
+      <c r="E50" s="24"/>
+      <c r="F50" s="24"/>
+      <c r="G50" s="24"/>
+      <c r="H50" s="24"/>
+      <c r="I50" s="24"/>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="24"/>
+      <c r="B51" s="24"/>
+      <c r="C51" s="24"/>
+      <c r="D51" s="24"/>
+      <c r="E51" s="24"/>
+      <c r="F51" s="24"/>
+      <c r="G51" s="24"/>
+      <c r="H51" s="24"/>
+      <c r="I51" s="24"/>
     </row>
   </sheetData>
-  <mergeCells count="14">
-[...7 lines deleted...]
-    <mergeCell ref="A44:I44"/>
+  <mergeCells count="15">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A23:I27"/>
     <mergeCell ref="A30:I33"/>
-    <mergeCell ref="A37:B37"/>
-    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="C39:I39"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="E49:H49"/>
+    <mergeCell ref="A40:B43"/>
+    <mergeCell ref="D40:I40"/>
+    <mergeCell ref="D41:I41"/>
+    <mergeCell ref="D42:I42"/>
+    <mergeCell ref="D43:I43"/>
+    <mergeCell ref="A46:I46"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="98" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>