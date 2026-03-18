--- v0 (2026-02-25)
+++ v1 (2026-03-18)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tsrfl011\人事G\4. 採用\2. 有期契約_臨時職員_嘱託職員_出向\1. 有期職員\2026\0. 雛形\1.募集\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34C81C9B-CC9B-49BE-9AA6-1F9E3D4AEB3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{680F9EF4-2E4C-450B-938B-E15DE6826540}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="履歴書" sheetId="1" r:id="rId1"/>
     <sheet name="別添　同意書" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'別添　同意書'!$A$1:$I$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">履歴書!$A$1:$AH$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -633,74 +633,77 @@
       <t xml:space="preserve">(PARTNER) </t>
     </r>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>賞罰（なしの場合は「なし」と記入）</t>
     <rPh sb="0" eb="2">
       <t>ショウバツ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>バアイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>健康状態</t>
     <rPh sb="0" eb="4">
       <t>ケンコウジョウタイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>個人情報保護管理者：小川和久</t>
-[...8 lines deleted...]
-  <si>
     <t>７．ご提供いただく個人情報の正確性等の確保及び当協会からこれまでの勤務先等への確認（重要）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ご提供いただく個人情報は正確かつ真実であることの必要性を理解し、記載事項と事実に相違が生じた場合には内定後、採用後を問わず当協会が無条件に雇用契約を解除することに同意します。
 また、当協会が採用選考のため、ご本人様の過去の勤務先に対して、在籍歴の有無、在籍期間、契約形態、地位・職位・役職、退職理由の詳細、賞罰の有無等について問い合わせ・照会を行い、その回答を取得する場合があることについて同意します。（ただし、現に勤務している勤務先は除く。）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>国際協力プロジェクト担当</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>寄附講座事業担当</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>個人情報保護管理者：総務企画部長</t>
+    <rPh sb="10" eb="12">
+      <t>ソウム</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>キカク</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ブチョウ</t>
+    </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -1506,248 +1509,327 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="37" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
-[...59 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="1" applyBorder="1" applyAlignment="1">
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1765,300 +1847,221 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="37" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="15" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...82 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="30" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="ハイパーリンク" xfId="2" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2965,51 +2968,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aots.jp/privacy-policy/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aots.jp/privacy-policy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AW71"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="U1" sqref="U1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="2.75" style="1" customWidth="1"/>
     <col min="2" max="38" width="2.625" style="1" customWidth="1"/>
     <col min="39" max="256" width="2.625" style="1"/>
     <col min="257" max="257" width="2.75" style="1" customWidth="1"/>
     <col min="258" max="294" width="2.625" style="1" customWidth="1"/>
     <col min="295" max="512" width="2.625" style="1"/>
     <col min="513" max="513" width="2.75" style="1" customWidth="1"/>
     <col min="514" max="550" width="2.625" style="1" customWidth="1"/>
     <col min="551" max="768" width="2.625" style="1"/>
     <col min="769" max="769" width="2.75" style="1" customWidth="1"/>
     <col min="770" max="806" width="2.625" style="1" customWidth="1"/>
     <col min="807" max="1024" width="2.625" style="1"/>
     <col min="1025" max="1025" width="2.75" style="1" customWidth="1"/>
     <col min="1026" max="1062" width="2.625" style="1" customWidth="1"/>
     <col min="1063" max="1280" width="2.625" style="1"/>
     <col min="1281" max="1281" width="2.75" style="1" customWidth="1"/>
     <col min="1282" max="1318" width="2.625" style="1" customWidth="1"/>
     <col min="1319" max="1536" width="2.625" style="1"/>
     <col min="1537" max="1537" width="2.75" style="1" customWidth="1"/>
     <col min="1538" max="1574" width="2.625" style="1" customWidth="1"/>
@@ -3273,1904 +3276,1904 @@
     <row r="4" spans="1:34">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="W4" s="7"/>
       <c r="X4" s="7"/>
       <c r="Y4" s="7"/>
       <c r="Z4" s="7"/>
       <c r="AA4" s="7"/>
       <c r="AB4" s="7"/>
     </row>
     <row r="5" spans="1:34" ht="14.25" thickBot="1">
       <c r="A5" s="6"/>
       <c r="W5" s="7"/>
       <c r="X5" s="7"/>
       <c r="Y5" s="7"/>
       <c r="Z5" s="7"/>
       <c r="AA5" s="7"/>
       <c r="AB5" s="7"/>
     </row>
     <row r="6" spans="1:34" ht="14.25" customHeight="1" thickBot="1">
       <c r="A6" s="5"/>
       <c r="G6" s="42" t="s">
         <v>70</v>
       </c>
-      <c r="I6" s="52"/>
-[...16 lines deleted...]
-      <c r="X6" s="95" t="s">
+      <c r="I6" s="172"/>
+      <c r="J6" s="173"/>
+      <c r="K6" s="205" t="s">
         <v>77</v>
       </c>
-      <c r="Y6" s="96"/>
-[...8 lines deleted...]
-      <c r="AH6" s="96"/>
+      <c r="L6" s="206"/>
+      <c r="M6" s="206"/>
+      <c r="N6" s="206"/>
+      <c r="O6" s="206"/>
+      <c r="P6" s="206"/>
+      <c r="Q6" s="206"/>
+      <c r="R6" s="206"/>
+      <c r="S6" s="206"/>
+      <c r="T6" s="206"/>
+      <c r="U6" s="207"/>
+      <c r="V6" s="172"/>
+      <c r="W6" s="173"/>
+      <c r="X6" s="208" t="s">
+        <v>76</v>
+      </c>
+      <c r="Y6" s="209"/>
+      <c r="Z6" s="209"/>
+      <c r="AA6" s="209"/>
+      <c r="AB6" s="209"/>
+      <c r="AC6" s="209"/>
+      <c r="AD6" s="209"/>
+      <c r="AE6" s="209"/>
+      <c r="AF6" s="209"/>
+      <c r="AG6" s="209"/>
+      <c r="AH6" s="209"/>
     </row>
     <row r="7" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B7" s="97" t="s">
+      <c r="B7" s="122" t="s">
         <v>69</v>
       </c>
-      <c r="C7" s="98"/>
-[...4 lines deleted...]
-      <c r="W7" s="81" t="s">
+      <c r="C7" s="123"/>
+      <c r="D7" s="123"/>
+      <c r="E7" s="123"/>
+      <c r="F7" s="123"/>
+      <c r="G7" s="124"/>
+      <c r="W7" s="197" t="s">
         <v>27</v>
       </c>
-      <c r="X7" s="82"/>
-[...9 lines deleted...]
-      <c r="AH7" s="82"/>
+      <c r="X7" s="198"/>
+      <c r="Y7" s="198"/>
+      <c r="Z7" s="198"/>
+      <c r="AA7" s="198"/>
+      <c r="AB7" s="198"/>
+      <c r="AC7" s="198"/>
+      <c r="AD7" s="198"/>
+      <c r="AE7" s="198"/>
+      <c r="AF7" s="198"/>
+      <c r="AG7" s="198"/>
+      <c r="AH7" s="198"/>
     </row>
     <row r="8" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B8" s="100"/>
-[...5 lines deleted...]
-      <c r="I8" s="83" t="s">
+      <c r="B8" s="125"/>
+      <c r="C8" s="126"/>
+      <c r="D8" s="126"/>
+      <c r="E8" s="126"/>
+      <c r="F8" s="126"/>
+      <c r="G8" s="127"/>
+      <c r="I8" s="199" t="s">
         <v>2</v>
       </c>
-      <c r="J8" s="84"/>
-[...23 lines deleted...]
-      <c r="AH8" s="56"/>
+      <c r="J8" s="200"/>
+      <c r="K8" s="200"/>
+      <c r="L8" s="201"/>
+      <c r="M8" s="174"/>
+      <c r="N8" s="175"/>
+      <c r="O8" s="175"/>
+      <c r="P8" s="175"/>
+      <c r="Q8" s="175"/>
+      <c r="R8" s="175"/>
+      <c r="S8" s="175"/>
+      <c r="T8" s="175"/>
+      <c r="U8" s="175"/>
+      <c r="V8" s="175"/>
+      <c r="W8" s="175"/>
+      <c r="X8" s="175"/>
+      <c r="Y8" s="175"/>
+      <c r="Z8" s="175"/>
+      <c r="AA8" s="175"/>
+      <c r="AB8" s="175"/>
+      <c r="AC8" s="175"/>
+      <c r="AD8" s="175"/>
+      <c r="AE8" s="175"/>
+      <c r="AF8" s="175"/>
+      <c r="AG8" s="175"/>
+      <c r="AH8" s="176"/>
     </row>
     <row r="9" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B9" s="100"/>
-[...5 lines deleted...]
-      <c r="I9" s="86" t="s">
+      <c r="B9" s="125"/>
+      <c r="C9" s="126"/>
+      <c r="D9" s="126"/>
+      <c r="E9" s="126"/>
+      <c r="F9" s="126"/>
+      <c r="G9" s="127"/>
+      <c r="I9" s="202" t="s">
         <v>3</v>
       </c>
-      <c r="J9" s="87"/>
-[...23 lines deleted...]
-      <c r="AH9" s="74"/>
+      <c r="J9" s="203"/>
+      <c r="K9" s="203"/>
+      <c r="L9" s="204"/>
+      <c r="M9" s="188"/>
+      <c r="N9" s="189"/>
+      <c r="O9" s="189"/>
+      <c r="P9" s="189"/>
+      <c r="Q9" s="189"/>
+      <c r="R9" s="189"/>
+      <c r="S9" s="189"/>
+      <c r="T9" s="189"/>
+      <c r="U9" s="189"/>
+      <c r="V9" s="189"/>
+      <c r="W9" s="189"/>
+      <c r="X9" s="189"/>
+      <c r="Y9" s="189"/>
+      <c r="Z9" s="189"/>
+      <c r="AA9" s="189"/>
+      <c r="AB9" s="189"/>
+      <c r="AC9" s="189"/>
+      <c r="AD9" s="189"/>
+      <c r="AE9" s="189"/>
+      <c r="AF9" s="189"/>
+      <c r="AG9" s="189"/>
+      <c r="AH9" s="190"/>
     </row>
     <row r="10" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B10" s="100"/>
-[...30 lines deleted...]
-      <c r="AH10" s="77"/>
+      <c r="B10" s="125"/>
+      <c r="C10" s="126"/>
+      <c r="D10" s="126"/>
+      <c r="E10" s="126"/>
+      <c r="F10" s="126"/>
+      <c r="G10" s="127"/>
+      <c r="I10" s="144"/>
+      <c r="J10" s="145"/>
+      <c r="K10" s="145"/>
+      <c r="L10" s="146"/>
+      <c r="M10" s="191"/>
+      <c r="N10" s="192"/>
+      <c r="O10" s="192"/>
+      <c r="P10" s="192"/>
+      <c r="Q10" s="192"/>
+      <c r="R10" s="192"/>
+      <c r="S10" s="192"/>
+      <c r="T10" s="192"/>
+      <c r="U10" s="192"/>
+      <c r="V10" s="192"/>
+      <c r="W10" s="192"/>
+      <c r="X10" s="192"/>
+      <c r="Y10" s="192"/>
+      <c r="Z10" s="192"/>
+      <c r="AA10" s="192"/>
+      <c r="AB10" s="192"/>
+      <c r="AC10" s="192"/>
+      <c r="AD10" s="192"/>
+      <c r="AE10" s="192"/>
+      <c r="AF10" s="192"/>
+      <c r="AG10" s="192"/>
+      <c r="AH10" s="193"/>
     </row>
     <row r="11" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B11" s="100"/>
-[...30 lines deleted...]
-      <c r="AH11" s="77"/>
+      <c r="B11" s="125"/>
+      <c r="C11" s="126"/>
+      <c r="D11" s="126"/>
+      <c r="E11" s="126"/>
+      <c r="F11" s="126"/>
+      <c r="G11" s="127"/>
+      <c r="I11" s="144"/>
+      <c r="J11" s="145"/>
+      <c r="K11" s="145"/>
+      <c r="L11" s="146"/>
+      <c r="M11" s="191"/>
+      <c r="N11" s="192"/>
+      <c r="O11" s="192"/>
+      <c r="P11" s="192"/>
+      <c r="Q11" s="192"/>
+      <c r="R11" s="192"/>
+      <c r="S11" s="192"/>
+      <c r="T11" s="192"/>
+      <c r="U11" s="192"/>
+      <c r="V11" s="192"/>
+      <c r="W11" s="192"/>
+      <c r="X11" s="192"/>
+      <c r="Y11" s="192"/>
+      <c r="Z11" s="192"/>
+      <c r="AA11" s="192"/>
+      <c r="AB11" s="192"/>
+      <c r="AC11" s="192"/>
+      <c r="AD11" s="192"/>
+      <c r="AE11" s="192"/>
+      <c r="AF11" s="192"/>
+      <c r="AG11" s="192"/>
+      <c r="AH11" s="193"/>
     </row>
     <row r="12" spans="1:34" ht="13.5" customHeight="1">
-      <c r="B12" s="100"/>
-[...30 lines deleted...]
-      <c r="AH12" s="80"/>
+      <c r="B12" s="125"/>
+      <c r="C12" s="126"/>
+      <c r="D12" s="126"/>
+      <c r="E12" s="126"/>
+      <c r="F12" s="126"/>
+      <c r="G12" s="127"/>
+      <c r="I12" s="144"/>
+      <c r="J12" s="145"/>
+      <c r="K12" s="145"/>
+      <c r="L12" s="146"/>
+      <c r="M12" s="194"/>
+      <c r="N12" s="195"/>
+      <c r="O12" s="195"/>
+      <c r="P12" s="195"/>
+      <c r="Q12" s="195"/>
+      <c r="R12" s="195"/>
+      <c r="S12" s="195"/>
+      <c r="T12" s="195"/>
+      <c r="U12" s="195"/>
+      <c r="V12" s="195"/>
+      <c r="W12" s="195"/>
+      <c r="X12" s="195"/>
+      <c r="Y12" s="195"/>
+      <c r="Z12" s="195"/>
+      <c r="AA12" s="195"/>
+      <c r="AB12" s="195"/>
+      <c r="AC12" s="195"/>
+      <c r="AD12" s="195"/>
+      <c r="AE12" s="195"/>
+      <c r="AF12" s="195"/>
+      <c r="AG12" s="195"/>
+      <c r="AH12" s="196"/>
     </row>
     <row r="13" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B13" s="100"/>
-[...5 lines deleted...]
-      <c r="I13" s="117" t="s">
+      <c r="B13" s="125"/>
+      <c r="C13" s="126"/>
+      <c r="D13" s="126"/>
+      <c r="E13" s="126"/>
+      <c r="F13" s="126"/>
+      <c r="G13" s="127"/>
+      <c r="I13" s="141" t="s">
         <v>4</v>
       </c>
-      <c r="J13" s="118"/>
-[...18 lines deleted...]
-      <c r="AC13" s="63" t="s">
+      <c r="J13" s="142"/>
+      <c r="K13" s="142"/>
+      <c r="L13" s="143"/>
+      <c r="M13" s="177"/>
+      <c r="N13" s="178"/>
+      <c r="O13" s="178"/>
+      <c r="P13" s="178"/>
+      <c r="Q13" s="178"/>
+      <c r="R13" s="178"/>
+      <c r="S13" s="178"/>
+      <c r="T13" s="178"/>
+      <c r="U13" s="178"/>
+      <c r="V13" s="178"/>
+      <c r="W13" s="178"/>
+      <c r="X13" s="178"/>
+      <c r="Y13" s="178"/>
+      <c r="Z13" s="178"/>
+      <c r="AA13" s="178"/>
+      <c r="AB13" s="178"/>
+      <c r="AC13" s="112" t="s">
         <v>18</v>
       </c>
-      <c r="AD13" s="63"/>
-[...2 lines deleted...]
-      <c r="AG13" s="63" t="s">
+      <c r="AD13" s="112"/>
+      <c r="AE13" s="185"/>
+      <c r="AF13" s="185"/>
+      <c r="AG13" s="112" t="s">
         <v>19</v>
       </c>
-      <c r="AH13" s="66"/>
+      <c r="AH13" s="115"/>
     </row>
     <row r="14" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B14" s="100"/>
-[...30 lines deleted...]
-      <c r="AH14" s="67"/>
+      <c r="B14" s="125"/>
+      <c r="C14" s="126"/>
+      <c r="D14" s="126"/>
+      <c r="E14" s="126"/>
+      <c r="F14" s="126"/>
+      <c r="G14" s="127"/>
+      <c r="I14" s="144"/>
+      <c r="J14" s="145"/>
+      <c r="K14" s="145"/>
+      <c r="L14" s="146"/>
+      <c r="M14" s="179"/>
+      <c r="N14" s="180"/>
+      <c r="O14" s="180"/>
+      <c r="P14" s="180"/>
+      <c r="Q14" s="180"/>
+      <c r="R14" s="180"/>
+      <c r="S14" s="180"/>
+      <c r="T14" s="180"/>
+      <c r="U14" s="180"/>
+      <c r="V14" s="180"/>
+      <c r="W14" s="180"/>
+      <c r="X14" s="180"/>
+      <c r="Y14" s="180"/>
+      <c r="Z14" s="180"/>
+      <c r="AA14" s="180"/>
+      <c r="AB14" s="180"/>
+      <c r="AC14" s="56"/>
+      <c r="AD14" s="56"/>
+      <c r="AE14" s="186"/>
+      <c r="AF14" s="186"/>
+      <c r="AG14" s="56"/>
+      <c r="AH14" s="61"/>
     </row>
     <row r="15" spans="1:34" ht="15.75" customHeight="1">
-      <c r="B15" s="103"/>
-[...30 lines deleted...]
-      <c r="AH15" s="68"/>
+      <c r="B15" s="128"/>
+      <c r="C15" s="120"/>
+      <c r="D15" s="120"/>
+      <c r="E15" s="120"/>
+      <c r="F15" s="120"/>
+      <c r="G15" s="129"/>
+      <c r="I15" s="147"/>
+      <c r="J15" s="148"/>
+      <c r="K15" s="148"/>
+      <c r="L15" s="149"/>
+      <c r="M15" s="181"/>
+      <c r="N15" s="182"/>
+      <c r="O15" s="182"/>
+      <c r="P15" s="182"/>
+      <c r="Q15" s="182"/>
+      <c r="R15" s="182"/>
+      <c r="S15" s="182"/>
+      <c r="T15" s="182"/>
+      <c r="U15" s="182"/>
+      <c r="V15" s="182"/>
+      <c r="W15" s="182"/>
+      <c r="X15" s="182"/>
+      <c r="Y15" s="182"/>
+      <c r="Z15" s="182"/>
+      <c r="AA15" s="182"/>
+      <c r="AB15" s="182"/>
+      <c r="AC15" s="183"/>
+      <c r="AD15" s="183"/>
+      <c r="AE15" s="187"/>
+      <c r="AF15" s="187"/>
+      <c r="AG15" s="183"/>
+      <c r="AH15" s="184"/>
     </row>
     <row r="16" spans="1:34" ht="8.25" customHeight="1"/>
     <row r="17" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A17" s="123" t="s">
+      <c r="A17" s="150" t="s">
         <v>5</v>
       </c>
-      <c r="B17" s="124"/>
-[...23 lines deleted...]
-      <c r="Z17" s="106" t="s">
+      <c r="B17" s="151"/>
+      <c r="C17" s="152"/>
+      <c r="D17" s="153"/>
+      <c r="E17" s="154"/>
+      <c r="F17" s="154"/>
+      <c r="G17" s="154"/>
+      <c r="H17" s="154"/>
+      <c r="I17" s="154"/>
+      <c r="J17" s="154"/>
+      <c r="K17" s="154"/>
+      <c r="L17" s="154"/>
+      <c r="M17" s="154"/>
+      <c r="N17" s="154"/>
+      <c r="O17" s="154"/>
+      <c r="P17" s="154"/>
+      <c r="Q17" s="154"/>
+      <c r="R17" s="154"/>
+      <c r="S17" s="154"/>
+      <c r="T17" s="154"/>
+      <c r="U17" s="154"/>
+      <c r="V17" s="154"/>
+      <c r="W17" s="154"/>
+      <c r="X17" s="154"/>
+      <c r="Y17" s="155"/>
+      <c r="Z17" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="AA17" s="107"/>
-[...6 lines deleted...]
-      <c r="AH17" s="108"/>
+      <c r="AA17" s="131"/>
+      <c r="AB17" s="131"/>
+      <c r="AC17" s="131"/>
+      <c r="AD17" s="131"/>
+      <c r="AE17" s="131"/>
+      <c r="AF17" s="131"/>
+      <c r="AG17" s="131"/>
+      <c r="AH17" s="132"/>
     </row>
     <row r="18" spans="1:34">
-      <c r="A18" s="129" t="s">
+      <c r="A18" s="156" t="s">
         <v>6</v>
       </c>
-      <c r="B18" s="130"/>
-      <c r="C18" s="131"/>
+      <c r="B18" s="157"/>
+      <c r="C18" s="158"/>
       <c r="D18" s="44" t="s">
         <v>7</v>
       </c>
-      <c r="E18" s="138"/>
-[...19 lines deleted...]
-      <c r="Y18" s="139"/>
+      <c r="E18" s="165"/>
+      <c r="F18" s="165"/>
+      <c r="G18" s="165"/>
+      <c r="H18" s="165"/>
+      <c r="I18" s="165"/>
+      <c r="J18" s="165"/>
+      <c r="K18" s="165"/>
+      <c r="L18" s="165"/>
+      <c r="M18" s="165"/>
+      <c r="N18" s="165"/>
+      <c r="O18" s="165"/>
+      <c r="P18" s="165"/>
+      <c r="Q18" s="165"/>
+      <c r="R18" s="165"/>
+      <c r="S18" s="165"/>
+      <c r="T18" s="165"/>
+      <c r="U18" s="165"/>
+      <c r="V18" s="165"/>
+      <c r="W18" s="165"/>
+      <c r="X18" s="165"/>
+      <c r="Y18" s="166"/>
       <c r="Z18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="AA18" s="10"/>
       <c r="AB18" s="10"/>
-      <c r="AC18" s="115"/>
-[...4 lines deleted...]
-      <c r="AH18" s="116"/>
+      <c r="AC18" s="139"/>
+      <c r="AD18" s="139"/>
+      <c r="AE18" s="139"/>
+      <c r="AF18" s="139"/>
+      <c r="AG18" s="139"/>
+      <c r="AH18" s="140"/>
     </row>
     <row r="19" spans="1:34" ht="29.25" customHeight="1">
-      <c r="A19" s="132"/>
-[...23 lines deleted...]
-      <c r="Y19" s="142"/>
+      <c r="A19" s="159"/>
+      <c r="B19" s="160"/>
+      <c r="C19" s="161"/>
+      <c r="D19" s="167"/>
+      <c r="E19" s="168"/>
+      <c r="F19" s="168"/>
+      <c r="G19" s="168"/>
+      <c r="H19" s="168"/>
+      <c r="I19" s="168"/>
+      <c r="J19" s="168"/>
+      <c r="K19" s="168"/>
+      <c r="L19" s="168"/>
+      <c r="M19" s="168"/>
+      <c r="N19" s="168"/>
+      <c r="O19" s="168"/>
+      <c r="P19" s="168"/>
+      <c r="Q19" s="168"/>
+      <c r="R19" s="168"/>
+      <c r="S19" s="168"/>
+      <c r="T19" s="168"/>
+      <c r="U19" s="168"/>
+      <c r="V19" s="168"/>
+      <c r="W19" s="168"/>
+      <c r="X19" s="168"/>
+      <c r="Y19" s="169"/>
       <c r="Z19" s="11" t="s">
         <v>24</v>
       </c>
       <c r="AA19" s="12"/>
       <c r="AB19" s="12"/>
-      <c r="AC19" s="113"/>
-[...4 lines deleted...]
-      <c r="AH19" s="114"/>
+      <c r="AC19" s="137"/>
+      <c r="AD19" s="137"/>
+      <c r="AE19" s="137"/>
+      <c r="AF19" s="137"/>
+      <c r="AG19" s="137"/>
+      <c r="AH19" s="138"/>
     </row>
     <row r="20" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A20" s="123" t="s">
+      <c r="A20" s="150" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="124"/>
-[...23 lines deleted...]
-      <c r="Z20" s="106" t="s">
+      <c r="B20" s="151"/>
+      <c r="C20" s="152"/>
+      <c r="D20" s="162"/>
+      <c r="E20" s="163"/>
+      <c r="F20" s="163"/>
+      <c r="G20" s="163"/>
+      <c r="H20" s="163"/>
+      <c r="I20" s="163"/>
+      <c r="J20" s="163"/>
+      <c r="K20" s="163"/>
+      <c r="L20" s="163"/>
+      <c r="M20" s="163"/>
+      <c r="N20" s="163"/>
+      <c r="O20" s="163"/>
+      <c r="P20" s="163"/>
+      <c r="Q20" s="163"/>
+      <c r="R20" s="163"/>
+      <c r="S20" s="163"/>
+      <c r="T20" s="163"/>
+      <c r="U20" s="163"/>
+      <c r="V20" s="163"/>
+      <c r="W20" s="163"/>
+      <c r="X20" s="163"/>
+      <c r="Y20" s="164"/>
+      <c r="Z20" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="AA20" s="107"/>
-[...6 lines deleted...]
-      <c r="AH20" s="108"/>
+      <c r="AA20" s="131"/>
+      <c r="AB20" s="131"/>
+      <c r="AC20" s="131"/>
+      <c r="AD20" s="131"/>
+      <c r="AE20" s="131"/>
+      <c r="AF20" s="131"/>
+      <c r="AG20" s="131"/>
+      <c r="AH20" s="132"/>
     </row>
     <row r="21" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A21" s="151" t="s">
+      <c r="A21" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="B21" s="152"/>
-      <c r="C21" s="153"/>
+      <c r="B21" s="106"/>
+      <c r="C21" s="107"/>
       <c r="D21" s="43" t="s">
         <v>10</v>
       </c>
-      <c r="E21" s="138"/>
-[...28 lines deleted...]
-      <c r="AH21" s="111"/>
+      <c r="E21" s="165"/>
+      <c r="F21" s="165"/>
+      <c r="G21" s="165"/>
+      <c r="H21" s="165"/>
+      <c r="I21" s="165"/>
+      <c r="J21" s="165"/>
+      <c r="K21" s="165"/>
+      <c r="L21" s="165"/>
+      <c r="M21" s="165"/>
+      <c r="N21" s="165"/>
+      <c r="O21" s="165"/>
+      <c r="P21" s="165"/>
+      <c r="Q21" s="165"/>
+      <c r="R21" s="165"/>
+      <c r="S21" s="165"/>
+      <c r="T21" s="165"/>
+      <c r="U21" s="165"/>
+      <c r="V21" s="165"/>
+      <c r="W21" s="165"/>
+      <c r="X21" s="165"/>
+      <c r="Y21" s="166"/>
+      <c r="Z21" s="133"/>
+      <c r="AA21" s="134"/>
+      <c r="AB21" s="134"/>
+      <c r="AC21" s="134"/>
+      <c r="AD21" s="134"/>
+      <c r="AE21" s="134"/>
+      <c r="AF21" s="134"/>
+      <c r="AG21" s="134"/>
+      <c r="AH21" s="135"/>
     </row>
     <row r="22" spans="1:34" ht="29.25" customHeight="1">
-      <c r="A22" s="154"/>
-[...2 lines deleted...]
-      <c r="D22" s="143" t="s">
+      <c r="A22" s="108"/>
+      <c r="B22" s="109"/>
+      <c r="C22" s="110"/>
+      <c r="D22" s="99" t="s">
         <v>68</v>
       </c>
-      <c r="E22" s="144"/>
-[...28 lines deleted...]
-      <c r="AH22" s="114"/>
+      <c r="E22" s="170"/>
+      <c r="F22" s="170"/>
+      <c r="G22" s="170"/>
+      <c r="H22" s="170"/>
+      <c r="I22" s="170"/>
+      <c r="J22" s="170"/>
+      <c r="K22" s="170"/>
+      <c r="L22" s="170"/>
+      <c r="M22" s="170"/>
+      <c r="N22" s="170"/>
+      <c r="O22" s="170"/>
+      <c r="P22" s="170"/>
+      <c r="Q22" s="170"/>
+      <c r="R22" s="170"/>
+      <c r="S22" s="170"/>
+      <c r="T22" s="170"/>
+      <c r="U22" s="170"/>
+      <c r="V22" s="170"/>
+      <c r="W22" s="170"/>
+      <c r="X22" s="170"/>
+      <c r="Y22" s="171"/>
+      <c r="Z22" s="136"/>
+      <c r="AA22" s="137"/>
+      <c r="AB22" s="137"/>
+      <c r="AC22" s="137"/>
+      <c r="AD22" s="137"/>
+      <c r="AE22" s="137"/>
+      <c r="AF22" s="137"/>
+      <c r="AG22" s="137"/>
+      <c r="AH22" s="138"/>
     </row>
     <row r="23" spans="1:34" ht="10.5" customHeight="1"/>
     <row r="24" spans="1:34" ht="18" customHeight="1">
-      <c r="A24" s="146" t="s">
+      <c r="A24" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="B24" s="147"/>
-[...1 lines deleted...]
-      <c r="D24" s="149" t="s">
+      <c r="B24" s="77"/>
+      <c r="C24" s="103"/>
+      <c r="D24" s="104" t="s">
         <v>12</v>
       </c>
-      <c r="E24" s="150"/>
-      <c r="F24" s="146" t="s">
+      <c r="E24" s="78"/>
+      <c r="F24" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="G24" s="147"/>
-[...26 lines deleted...]
-      <c r="AH24" s="150"/>
+      <c r="G24" s="77"/>
+      <c r="H24" s="77"/>
+      <c r="I24" s="77"/>
+      <c r="J24" s="77"/>
+      <c r="K24" s="77"/>
+      <c r="L24" s="77"/>
+      <c r="M24" s="77"/>
+      <c r="N24" s="77"/>
+      <c r="O24" s="77"/>
+      <c r="P24" s="77"/>
+      <c r="Q24" s="77"/>
+      <c r="R24" s="77"/>
+      <c r="S24" s="77"/>
+      <c r="T24" s="77"/>
+      <c r="U24" s="77"/>
+      <c r="V24" s="77"/>
+      <c r="W24" s="77"/>
+      <c r="X24" s="77"/>
+      <c r="Y24" s="77"/>
+      <c r="Z24" s="77"/>
+      <c r="AA24" s="77"/>
+      <c r="AB24" s="77"/>
+      <c r="AC24" s="77"/>
+      <c r="AD24" s="77"/>
+      <c r="AE24" s="77"/>
+      <c r="AF24" s="77"/>
+      <c r="AG24" s="77"/>
+      <c r="AH24" s="78"/>
     </row>
     <row r="25" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A25" s="179"/>
-[...4 lines deleted...]
-      <c r="F25" s="182" t="s">
+      <c r="A25" s="111"/>
+      <c r="B25" s="112"/>
+      <c r="C25" s="113"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="115"/>
+      <c r="F25" s="116" t="s">
         <v>14</v>
       </c>
-      <c r="G25" s="183"/>
-[...26 lines deleted...]
-      <c r="AH25" s="184"/>
+      <c r="G25" s="117"/>
+      <c r="H25" s="117"/>
+      <c r="I25" s="117"/>
+      <c r="J25" s="117"/>
+      <c r="K25" s="117"/>
+      <c r="L25" s="117"/>
+      <c r="M25" s="117"/>
+      <c r="N25" s="117"/>
+      <c r="O25" s="117"/>
+      <c r="P25" s="117"/>
+      <c r="Q25" s="117"/>
+      <c r="R25" s="117"/>
+      <c r="S25" s="117"/>
+      <c r="T25" s="117"/>
+      <c r="U25" s="117"/>
+      <c r="V25" s="117"/>
+      <c r="W25" s="117"/>
+      <c r="X25" s="117"/>
+      <c r="Y25" s="117"/>
+      <c r="Z25" s="117"/>
+      <c r="AA25" s="117"/>
+      <c r="AB25" s="117"/>
+      <c r="AC25" s="117"/>
+      <c r="AD25" s="117"/>
+      <c r="AE25" s="117"/>
+      <c r="AF25" s="117"/>
+      <c r="AG25" s="117"/>
+      <c r="AH25" s="118"/>
     </row>
     <row r="26" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A26" s="166"/>
-[...32 lines deleted...]
-      <c r="AH26" s="186"/>
+      <c r="A26" s="68"/>
+      <c r="B26" s="69"/>
+      <c r="C26" s="70"/>
+      <c r="D26" s="71"/>
+      <c r="E26" s="72"/>
+      <c r="F26" s="119"/>
+      <c r="G26" s="120"/>
+      <c r="H26" s="120"/>
+      <c r="I26" s="120"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="120"/>
+      <c r="L26" s="120"/>
+      <c r="M26" s="120"/>
+      <c r="N26" s="120"/>
+      <c r="O26" s="120"/>
+      <c r="P26" s="120"/>
+      <c r="Q26" s="120"/>
+      <c r="R26" s="120"/>
+      <c r="S26" s="120"/>
+      <c r="T26" s="120"/>
+      <c r="U26" s="120"/>
+      <c r="V26" s="120"/>
+      <c r="W26" s="120"/>
+      <c r="X26" s="120"/>
+      <c r="Y26" s="120"/>
+      <c r="Z26" s="120"/>
+      <c r="AA26" s="120"/>
+      <c r="AB26" s="120"/>
+      <c r="AC26" s="120"/>
+      <c r="AD26" s="120"/>
+      <c r="AE26" s="120"/>
+      <c r="AF26" s="120"/>
+      <c r="AG26" s="120"/>
+      <c r="AH26" s="121"/>
     </row>
     <row r="27" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A27" s="157"/>
-[...32 lines deleted...]
-      <c r="AH27" s="162"/>
+      <c r="A27" s="55"/>
+      <c r="B27" s="56"/>
+      <c r="C27" s="57"/>
+      <c r="D27" s="60"/>
+      <c r="E27" s="61"/>
+      <c r="F27" s="65"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="66"/>
+      <c r="I27" s="66"/>
+      <c r="J27" s="66"/>
+      <c r="K27" s="66"/>
+      <c r="L27" s="66"/>
+      <c r="M27" s="66"/>
+      <c r="N27" s="66"/>
+      <c r="O27" s="66"/>
+      <c r="P27" s="66"/>
+      <c r="Q27" s="66"/>
+      <c r="R27" s="66"/>
+      <c r="S27" s="66"/>
+      <c r="T27" s="66"/>
+      <c r="U27" s="66"/>
+      <c r="V27" s="66"/>
+      <c r="W27" s="66"/>
+      <c r="X27" s="66"/>
+      <c r="Y27" s="66"/>
+      <c r="Z27" s="66"/>
+      <c r="AA27" s="66"/>
+      <c r="AB27" s="66"/>
+      <c r="AC27" s="66"/>
+      <c r="AD27" s="66"/>
+      <c r="AE27" s="66"/>
+      <c r="AF27" s="66"/>
+      <c r="AG27" s="66"/>
+      <c r="AH27" s="67"/>
     </row>
     <row r="28" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A28" s="157"/>
-[...32 lines deleted...]
-      <c r="AH28" s="162"/>
+      <c r="A28" s="55"/>
+      <c r="B28" s="56"/>
+      <c r="C28" s="57"/>
+      <c r="D28" s="60"/>
+      <c r="E28" s="61"/>
+      <c r="F28" s="65"/>
+      <c r="G28" s="66"/>
+      <c r="H28" s="66"/>
+      <c r="I28" s="66"/>
+      <c r="J28" s="66"/>
+      <c r="K28" s="66"/>
+      <c r="L28" s="66"/>
+      <c r="M28" s="66"/>
+      <c r="N28" s="66"/>
+      <c r="O28" s="66"/>
+      <c r="P28" s="66"/>
+      <c r="Q28" s="66"/>
+      <c r="R28" s="66"/>
+      <c r="S28" s="66"/>
+      <c r="T28" s="66"/>
+      <c r="U28" s="66"/>
+      <c r="V28" s="66"/>
+      <c r="W28" s="66"/>
+      <c r="X28" s="66"/>
+      <c r="Y28" s="66"/>
+      <c r="Z28" s="66"/>
+      <c r="AA28" s="66"/>
+      <c r="AB28" s="66"/>
+      <c r="AC28" s="66"/>
+      <c r="AD28" s="66"/>
+      <c r="AE28" s="66"/>
+      <c r="AF28" s="66"/>
+      <c r="AG28" s="66"/>
+      <c r="AH28" s="67"/>
     </row>
     <row r="29" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A29" s="163"/>
-[...32 lines deleted...]
-      <c r="AH29" s="175"/>
+      <c r="A29" s="52"/>
+      <c r="B29" s="53"/>
+      <c r="C29" s="54"/>
+      <c r="D29" s="58"/>
+      <c r="E29" s="59"/>
+      <c r="F29" s="62"/>
+      <c r="G29" s="63"/>
+      <c r="H29" s="63"/>
+      <c r="I29" s="63"/>
+      <c r="J29" s="63"/>
+      <c r="K29" s="63"/>
+      <c r="L29" s="63"/>
+      <c r="M29" s="63"/>
+      <c r="N29" s="63"/>
+      <c r="O29" s="63"/>
+      <c r="P29" s="63"/>
+      <c r="Q29" s="63"/>
+      <c r="R29" s="63"/>
+      <c r="S29" s="63"/>
+      <c r="T29" s="63"/>
+      <c r="U29" s="63"/>
+      <c r="V29" s="63"/>
+      <c r="W29" s="63"/>
+      <c r="X29" s="63"/>
+      <c r="Y29" s="63"/>
+      <c r="Z29" s="63"/>
+      <c r="AA29" s="63"/>
+      <c r="AB29" s="63"/>
+      <c r="AC29" s="63"/>
+      <c r="AD29" s="63"/>
+      <c r="AE29" s="63"/>
+      <c r="AF29" s="63"/>
+      <c r="AG29" s="63"/>
+      <c r="AH29" s="64"/>
     </row>
     <row r="30" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A30" s="166"/>
-[...32 lines deleted...]
-      <c r="AH30" s="178"/>
+      <c r="A30" s="68"/>
+      <c r="B30" s="69"/>
+      <c r="C30" s="70"/>
+      <c r="D30" s="71"/>
+      <c r="E30" s="72"/>
+      <c r="F30" s="73"/>
+      <c r="G30" s="74"/>
+      <c r="H30" s="74"/>
+      <c r="I30" s="74"/>
+      <c r="J30" s="74"/>
+      <c r="K30" s="74"/>
+      <c r="L30" s="74"/>
+      <c r="M30" s="74"/>
+      <c r="N30" s="74"/>
+      <c r="O30" s="74"/>
+      <c r="P30" s="74"/>
+      <c r="Q30" s="74"/>
+      <c r="R30" s="74"/>
+      <c r="S30" s="74"/>
+      <c r="T30" s="74"/>
+      <c r="U30" s="74"/>
+      <c r="V30" s="74"/>
+      <c r="W30" s="74"/>
+      <c r="X30" s="74"/>
+      <c r="Y30" s="74"/>
+      <c r="Z30" s="74"/>
+      <c r="AA30" s="74"/>
+      <c r="AB30" s="74"/>
+      <c r="AC30" s="74"/>
+      <c r="AD30" s="74"/>
+      <c r="AE30" s="74"/>
+      <c r="AF30" s="74"/>
+      <c r="AG30" s="74"/>
+      <c r="AH30" s="75"/>
     </row>
     <row r="31" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A31" s="157"/>
-[...32 lines deleted...]
-      <c r="AH31" s="162"/>
+      <c r="A31" s="55"/>
+      <c r="B31" s="56"/>
+      <c r="C31" s="57"/>
+      <c r="D31" s="60"/>
+      <c r="E31" s="61"/>
+      <c r="F31" s="65"/>
+      <c r="G31" s="66"/>
+      <c r="H31" s="66"/>
+      <c r="I31" s="66"/>
+      <c r="J31" s="66"/>
+      <c r="K31" s="66"/>
+      <c r="L31" s="66"/>
+      <c r="M31" s="66"/>
+      <c r="N31" s="66"/>
+      <c r="O31" s="66"/>
+      <c r="P31" s="66"/>
+      <c r="Q31" s="66"/>
+      <c r="R31" s="66"/>
+      <c r="S31" s="66"/>
+      <c r="T31" s="66"/>
+      <c r="U31" s="66"/>
+      <c r="V31" s="66"/>
+      <c r="W31" s="66"/>
+      <c r="X31" s="66"/>
+      <c r="Y31" s="66"/>
+      <c r="Z31" s="66"/>
+      <c r="AA31" s="66"/>
+      <c r="AB31" s="66"/>
+      <c r="AC31" s="66"/>
+      <c r="AD31" s="66"/>
+      <c r="AE31" s="66"/>
+      <c r="AF31" s="66"/>
+      <c r="AG31" s="66"/>
+      <c r="AH31" s="67"/>
     </row>
     <row r="32" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A32" s="157"/>
-[...32 lines deleted...]
-      <c r="AH32" s="162"/>
+      <c r="A32" s="55"/>
+      <c r="B32" s="56"/>
+      <c r="C32" s="57"/>
+      <c r="D32" s="60"/>
+      <c r="E32" s="61"/>
+      <c r="F32" s="65"/>
+      <c r="G32" s="66"/>
+      <c r="H32" s="66"/>
+      <c r="I32" s="66"/>
+      <c r="J32" s="66"/>
+      <c r="K32" s="66"/>
+      <c r="L32" s="66"/>
+      <c r="M32" s="66"/>
+      <c r="N32" s="66"/>
+      <c r="O32" s="66"/>
+      <c r="P32" s="66"/>
+      <c r="Q32" s="66"/>
+      <c r="R32" s="66"/>
+      <c r="S32" s="66"/>
+      <c r="T32" s="66"/>
+      <c r="U32" s="66"/>
+      <c r="V32" s="66"/>
+      <c r="W32" s="66"/>
+      <c r="X32" s="66"/>
+      <c r="Y32" s="66"/>
+      <c r="Z32" s="66"/>
+      <c r="AA32" s="66"/>
+      <c r="AB32" s="66"/>
+      <c r="AC32" s="66"/>
+      <c r="AD32" s="66"/>
+      <c r="AE32" s="66"/>
+      <c r="AF32" s="66"/>
+      <c r="AG32" s="66"/>
+      <c r="AH32" s="67"/>
     </row>
     <row r="33" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A33" s="163"/>
-[...32 lines deleted...]
-      <c r="AH33" s="175"/>
+      <c r="A33" s="52"/>
+      <c r="B33" s="53"/>
+      <c r="C33" s="54"/>
+      <c r="D33" s="58"/>
+      <c r="E33" s="59"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="63"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="63"/>
+      <c r="J33" s="63"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="63"/>
+      <c r="M33" s="63"/>
+      <c r="N33" s="63"/>
+      <c r="O33" s="63"/>
+      <c r="P33" s="63"/>
+      <c r="Q33" s="63"/>
+      <c r="R33" s="63"/>
+      <c r="S33" s="63"/>
+      <c r="T33" s="63"/>
+      <c r="U33" s="63"/>
+      <c r="V33" s="63"/>
+      <c r="W33" s="63"/>
+      <c r="X33" s="63"/>
+      <c r="Y33" s="63"/>
+      <c r="Z33" s="63"/>
+      <c r="AA33" s="63"/>
+      <c r="AB33" s="63"/>
+      <c r="AC33" s="63"/>
+      <c r="AD33" s="63"/>
+      <c r="AE33" s="63"/>
+      <c r="AF33" s="63"/>
+      <c r="AG33" s="63"/>
+      <c r="AH33" s="64"/>
     </row>
     <row r="34" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A34" s="157"/>
-[...32 lines deleted...]
-      <c r="AH34" s="162"/>
+      <c r="A34" s="55"/>
+      <c r="B34" s="56"/>
+      <c r="C34" s="57"/>
+      <c r="D34" s="60"/>
+      <c r="E34" s="61"/>
+      <c r="F34" s="65"/>
+      <c r="G34" s="66"/>
+      <c r="H34" s="66"/>
+      <c r="I34" s="66"/>
+      <c r="J34" s="66"/>
+      <c r="K34" s="66"/>
+      <c r="L34" s="66"/>
+      <c r="M34" s="66"/>
+      <c r="N34" s="66"/>
+      <c r="O34" s="66"/>
+      <c r="P34" s="66"/>
+      <c r="Q34" s="66"/>
+      <c r="R34" s="66"/>
+      <c r="S34" s="66"/>
+      <c r="T34" s="66"/>
+      <c r="U34" s="66"/>
+      <c r="V34" s="66"/>
+      <c r="W34" s="66"/>
+      <c r="X34" s="66"/>
+      <c r="Y34" s="66"/>
+      <c r="Z34" s="66"/>
+      <c r="AA34" s="66"/>
+      <c r="AB34" s="66"/>
+      <c r="AC34" s="66"/>
+      <c r="AD34" s="66"/>
+      <c r="AE34" s="66"/>
+      <c r="AF34" s="66"/>
+      <c r="AG34" s="66"/>
+      <c r="AH34" s="67"/>
     </row>
     <row r="35" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A35" s="163"/>
-[...32 lines deleted...]
-      <c r="AH35" s="175"/>
+      <c r="A35" s="52"/>
+      <c r="B35" s="53"/>
+      <c r="C35" s="54"/>
+      <c r="D35" s="58"/>
+      <c r="E35" s="59"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="63"/>
+      <c r="H35" s="63"/>
+      <c r="I35" s="63"/>
+      <c r="J35" s="63"/>
+      <c r="K35" s="63"/>
+      <c r="L35" s="63"/>
+      <c r="M35" s="63"/>
+      <c r="N35" s="63"/>
+      <c r="O35" s="63"/>
+      <c r="P35" s="63"/>
+      <c r="Q35" s="63"/>
+      <c r="R35" s="63"/>
+      <c r="S35" s="63"/>
+      <c r="T35" s="63"/>
+      <c r="U35" s="63"/>
+      <c r="V35" s="63"/>
+      <c r="W35" s="63"/>
+      <c r="X35" s="63"/>
+      <c r="Y35" s="63"/>
+      <c r="Z35" s="63"/>
+      <c r="AA35" s="63"/>
+      <c r="AB35" s="63"/>
+      <c r="AC35" s="63"/>
+      <c r="AD35" s="63"/>
+      <c r="AE35" s="63"/>
+      <c r="AF35" s="63"/>
+      <c r="AG35" s="63"/>
+      <c r="AH35" s="64"/>
     </row>
     <row r="36" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A36" s="157"/>
-[...32 lines deleted...]
-      <c r="AH36" s="162"/>
+      <c r="A36" s="55"/>
+      <c r="B36" s="56"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="60"/>
+      <c r="E36" s="61"/>
+      <c r="F36" s="65"/>
+      <c r="G36" s="66"/>
+      <c r="H36" s="66"/>
+      <c r="I36" s="66"/>
+      <c r="J36" s="66"/>
+      <c r="K36" s="66"/>
+      <c r="L36" s="66"/>
+      <c r="M36" s="66"/>
+      <c r="N36" s="66"/>
+      <c r="O36" s="66"/>
+      <c r="P36" s="66"/>
+      <c r="Q36" s="66"/>
+      <c r="R36" s="66"/>
+      <c r="S36" s="66"/>
+      <c r="T36" s="66"/>
+      <c r="U36" s="66"/>
+      <c r="V36" s="66"/>
+      <c r="W36" s="66"/>
+      <c r="X36" s="66"/>
+      <c r="Y36" s="66"/>
+      <c r="Z36" s="66"/>
+      <c r="AA36" s="66"/>
+      <c r="AB36" s="66"/>
+      <c r="AC36" s="66"/>
+      <c r="AD36" s="66"/>
+      <c r="AE36" s="66"/>
+      <c r="AF36" s="66"/>
+      <c r="AG36" s="66"/>
+      <c r="AH36" s="67"/>
     </row>
     <row r="37" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A37" s="163"/>
-[...32 lines deleted...]
-      <c r="AH37" s="175"/>
+      <c r="A37" s="52"/>
+      <c r="B37" s="53"/>
+      <c r="C37" s="54"/>
+      <c r="D37" s="58"/>
+      <c r="E37" s="59"/>
+      <c r="F37" s="62"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="63"/>
+      <c r="L37" s="63"/>
+      <c r="M37" s="63"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="63"/>
+      <c r="P37" s="63"/>
+      <c r="Q37" s="63"/>
+      <c r="R37" s="63"/>
+      <c r="S37" s="63"/>
+      <c r="T37" s="63"/>
+      <c r="U37" s="63"/>
+      <c r="V37" s="63"/>
+      <c r="W37" s="63"/>
+      <c r="X37" s="63"/>
+      <c r="Y37" s="63"/>
+      <c r="Z37" s="63"/>
+      <c r="AA37" s="63"/>
+      <c r="AB37" s="63"/>
+      <c r="AC37" s="63"/>
+      <c r="AD37" s="63"/>
+      <c r="AE37" s="63"/>
+      <c r="AF37" s="63"/>
+      <c r="AG37" s="63"/>
+      <c r="AH37" s="64"/>
     </row>
     <row r="38" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A38" s="166"/>
-[...32 lines deleted...]
-      <c r="AH38" s="178"/>
+      <c r="A38" s="68"/>
+      <c r="B38" s="69"/>
+      <c r="C38" s="70"/>
+      <c r="D38" s="71"/>
+      <c r="E38" s="72"/>
+      <c r="F38" s="73"/>
+      <c r="G38" s="74"/>
+      <c r="H38" s="74"/>
+      <c r="I38" s="74"/>
+      <c r="J38" s="74"/>
+      <c r="K38" s="74"/>
+      <c r="L38" s="74"/>
+      <c r="M38" s="74"/>
+      <c r="N38" s="74"/>
+      <c r="O38" s="74"/>
+      <c r="P38" s="74"/>
+      <c r="Q38" s="74"/>
+      <c r="R38" s="74"/>
+      <c r="S38" s="74"/>
+      <c r="T38" s="74"/>
+      <c r="U38" s="74"/>
+      <c r="V38" s="74"/>
+      <c r="W38" s="74"/>
+      <c r="X38" s="74"/>
+      <c r="Y38" s="74"/>
+      <c r="Z38" s="74"/>
+      <c r="AA38" s="74"/>
+      <c r="AB38" s="74"/>
+      <c r="AC38" s="74"/>
+      <c r="AD38" s="74"/>
+      <c r="AE38" s="74"/>
+      <c r="AF38" s="74"/>
+      <c r="AG38" s="74"/>
+      <c r="AH38" s="75"/>
     </row>
     <row r="39" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A39" s="157"/>
-[...32 lines deleted...]
-      <c r="AH39" s="162"/>
+      <c r="A39" s="55"/>
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="60"/>
+      <c r="E39" s="61"/>
+      <c r="F39" s="65"/>
+      <c r="G39" s="66"/>
+      <c r="H39" s="66"/>
+      <c r="I39" s="66"/>
+      <c r="J39" s="66"/>
+      <c r="K39" s="66"/>
+      <c r="L39" s="66"/>
+      <c r="M39" s="66"/>
+      <c r="N39" s="66"/>
+      <c r="O39" s="66"/>
+      <c r="P39" s="66"/>
+      <c r="Q39" s="66"/>
+      <c r="R39" s="66"/>
+      <c r="S39" s="66"/>
+      <c r="T39" s="66"/>
+      <c r="U39" s="66"/>
+      <c r="V39" s="66"/>
+      <c r="W39" s="66"/>
+      <c r="X39" s="66"/>
+      <c r="Y39" s="66"/>
+      <c r="Z39" s="66"/>
+      <c r="AA39" s="66"/>
+      <c r="AB39" s="66"/>
+      <c r="AC39" s="66"/>
+      <c r="AD39" s="66"/>
+      <c r="AE39" s="66"/>
+      <c r="AF39" s="66"/>
+      <c r="AG39" s="66"/>
+      <c r="AH39" s="67"/>
     </row>
     <row r="40" spans="1:34" ht="11.1" customHeight="1">
-      <c r="A40" s="166"/>
-[...32 lines deleted...]
-      <c r="AH40" s="178"/>
+      <c r="A40" s="68"/>
+      <c r="B40" s="69"/>
+      <c r="C40" s="70"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="72"/>
+      <c r="F40" s="73"/>
+      <c r="G40" s="74"/>
+      <c r="H40" s="74"/>
+      <c r="I40" s="74"/>
+      <c r="J40" s="74"/>
+      <c r="K40" s="74"/>
+      <c r="L40" s="74"/>
+      <c r="M40" s="74"/>
+      <c r="N40" s="74"/>
+      <c r="O40" s="74"/>
+      <c r="P40" s="74"/>
+      <c r="Q40" s="74"/>
+      <c r="R40" s="74"/>
+      <c r="S40" s="74"/>
+      <c r="T40" s="74"/>
+      <c r="U40" s="74"/>
+      <c r="V40" s="74"/>
+      <c r="W40" s="74"/>
+      <c r="X40" s="74"/>
+      <c r="Y40" s="74"/>
+      <c r="Z40" s="74"/>
+      <c r="AA40" s="74"/>
+      <c r="AB40" s="74"/>
+      <c r="AC40" s="74"/>
+      <c r="AD40" s="74"/>
+      <c r="AE40" s="74"/>
+      <c r="AF40" s="74"/>
+      <c r="AG40" s="74"/>
+      <c r="AH40" s="75"/>
     </row>
     <row r="41" spans="1:34" ht="15" customHeight="1">
-      <c r="A41" s="146" t="s">
+      <c r="A41" s="76" t="s">
         <v>72</v>
       </c>
-      <c r="B41" s="147"/>
-[...15 lines deleted...]
-      <c r="R41" s="202" t="s">
+      <c r="B41" s="77"/>
+      <c r="C41" s="77"/>
+      <c r="D41" s="77"/>
+      <c r="E41" s="77"/>
+      <c r="F41" s="77"/>
+      <c r="G41" s="77"/>
+      <c r="H41" s="77"/>
+      <c r="I41" s="77"/>
+      <c r="J41" s="77"/>
+      <c r="K41" s="77"/>
+      <c r="L41" s="77"/>
+      <c r="M41" s="77"/>
+      <c r="N41" s="77"/>
+      <c r="O41" s="77"/>
+      <c r="P41" s="77"/>
+      <c r="Q41" s="78"/>
+      <c r="R41" s="79" t="s">
         <v>73</v>
       </c>
-      <c r="S41" s="190"/>
-[...14 lines deleted...]
-      <c r="AH41" s="203"/>
+      <c r="S41" s="80"/>
+      <c r="T41" s="80"/>
+      <c r="U41" s="80"/>
+      <c r="V41" s="80"/>
+      <c r="W41" s="80"/>
+      <c r="X41" s="80"/>
+      <c r="Y41" s="80"/>
+      <c r="Z41" s="80"/>
+      <c r="AA41" s="80"/>
+      <c r="AB41" s="80"/>
+      <c r="AC41" s="80"/>
+      <c r="AD41" s="80"/>
+      <c r="AE41" s="80"/>
+      <c r="AF41" s="80"/>
+      <c r="AG41" s="80"/>
+      <c r="AH41" s="81"/>
     </row>
     <row r="42" spans="1:34" ht="15" customHeight="1">
-      <c r="A42" s="204"/>
-[...32 lines deleted...]
-      <c r="AH42" s="206"/>
+      <c r="A42" s="82"/>
+      <c r="B42" s="83"/>
+      <c r="C42" s="83"/>
+      <c r="D42" s="83"/>
+      <c r="E42" s="83"/>
+      <c r="F42" s="83"/>
+      <c r="G42" s="83"/>
+      <c r="H42" s="83"/>
+      <c r="I42" s="83"/>
+      <c r="J42" s="83"/>
+      <c r="K42" s="83"/>
+      <c r="L42" s="83"/>
+      <c r="M42" s="83"/>
+      <c r="N42" s="83"/>
+      <c r="O42" s="83"/>
+      <c r="P42" s="83"/>
+      <c r="Q42" s="84"/>
+      <c r="R42" s="82"/>
+      <c r="S42" s="83"/>
+      <c r="T42" s="83"/>
+      <c r="U42" s="83"/>
+      <c r="V42" s="83"/>
+      <c r="W42" s="83"/>
+      <c r="X42" s="83"/>
+      <c r="Y42" s="83"/>
+      <c r="Z42" s="83"/>
+      <c r="AA42" s="83"/>
+      <c r="AB42" s="83"/>
+      <c r="AC42" s="83"/>
+      <c r="AD42" s="83"/>
+      <c r="AE42" s="83"/>
+      <c r="AF42" s="83"/>
+      <c r="AG42" s="83"/>
+      <c r="AH42" s="84"/>
     </row>
     <row r="43" spans="1:34" ht="18.75" customHeight="1">
-      <c r="A43" s="207"/>
-[...32 lines deleted...]
-      <c r="AH43" s="209"/>
+      <c r="A43" s="85"/>
+      <c r="B43" s="86"/>
+      <c r="C43" s="86"/>
+      <c r="D43" s="86"/>
+      <c r="E43" s="86"/>
+      <c r="F43" s="86"/>
+      <c r="G43" s="86"/>
+      <c r="H43" s="86"/>
+      <c r="I43" s="86"/>
+      <c r="J43" s="86"/>
+      <c r="K43" s="86"/>
+      <c r="L43" s="86"/>
+      <c r="M43" s="86"/>
+      <c r="N43" s="86"/>
+      <c r="O43" s="86"/>
+      <c r="P43" s="86"/>
+      <c r="Q43" s="87"/>
+      <c r="R43" s="85"/>
+      <c r="S43" s="86"/>
+      <c r="T43" s="86"/>
+      <c r="U43" s="86"/>
+      <c r="V43" s="86"/>
+      <c r="W43" s="86"/>
+      <c r="X43" s="86"/>
+      <c r="Y43" s="86"/>
+      <c r="Z43" s="86"/>
+      <c r="AA43" s="86"/>
+      <c r="AB43" s="86"/>
+      <c r="AC43" s="86"/>
+      <c r="AD43" s="86"/>
+      <c r="AE43" s="86"/>
+      <c r="AF43" s="86"/>
+      <c r="AG43" s="86"/>
+      <c r="AH43" s="87"/>
     </row>
     <row r="44" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A44" s="146" t="s">
+      <c r="A44" s="76" t="s">
         <v>15</v>
       </c>
-      <c r="B44" s="190"/>
-[...31 lines deleted...]
-      <c r="AH44" s="192"/>
+      <c r="B44" s="80"/>
+      <c r="C44" s="80"/>
+      <c r="D44" s="80"/>
+      <c r="E44" s="80"/>
+      <c r="F44" s="80"/>
+      <c r="G44" s="80"/>
+      <c r="H44" s="80"/>
+      <c r="I44" s="80"/>
+      <c r="J44" s="80"/>
+      <c r="K44" s="80"/>
+      <c r="L44" s="80"/>
+      <c r="M44" s="80"/>
+      <c r="N44" s="80"/>
+      <c r="O44" s="80"/>
+      <c r="P44" s="80"/>
+      <c r="Q44" s="80"/>
+      <c r="R44" s="80"/>
+      <c r="S44" s="80"/>
+      <c r="T44" s="80"/>
+      <c r="U44" s="80"/>
+      <c r="V44" s="80"/>
+      <c r="W44" s="80"/>
+      <c r="X44" s="80"/>
+      <c r="Y44" s="80"/>
+      <c r="Z44" s="91"/>
+      <c r="AA44" s="91"/>
+      <c r="AB44" s="91"/>
+      <c r="AC44" s="91"/>
+      <c r="AD44" s="91"/>
+      <c r="AE44" s="91"/>
+      <c r="AF44" s="91"/>
+      <c r="AG44" s="91"/>
+      <c r="AH44" s="92"/>
     </row>
     <row r="45" spans="1:34" ht="12" customHeight="1">
-      <c r="A45" s="193"/>
-[...32 lines deleted...]
-      <c r="AH45" s="195"/>
+      <c r="A45" s="93"/>
+      <c r="B45" s="94"/>
+      <c r="C45" s="94"/>
+      <c r="D45" s="94"/>
+      <c r="E45" s="94"/>
+      <c r="F45" s="94"/>
+      <c r="G45" s="94"/>
+      <c r="H45" s="94"/>
+      <c r="I45" s="94"/>
+      <c r="J45" s="94"/>
+      <c r="K45" s="94"/>
+      <c r="L45" s="94"/>
+      <c r="M45" s="94"/>
+      <c r="N45" s="94"/>
+      <c r="O45" s="94"/>
+      <c r="P45" s="94"/>
+      <c r="Q45" s="94"/>
+      <c r="R45" s="94"/>
+      <c r="S45" s="94"/>
+      <c r="T45" s="94"/>
+      <c r="U45" s="94"/>
+      <c r="V45" s="94"/>
+      <c r="W45" s="94"/>
+      <c r="X45" s="94"/>
+      <c r="Y45" s="94"/>
+      <c r="Z45" s="94"/>
+      <c r="AA45" s="94"/>
+      <c r="AB45" s="94"/>
+      <c r="AC45" s="94"/>
+      <c r="AD45" s="94"/>
+      <c r="AE45" s="94"/>
+      <c r="AF45" s="94"/>
+      <c r="AG45" s="94"/>
+      <c r="AH45" s="95"/>
     </row>
     <row r="46" spans="1:34" ht="12" customHeight="1">
-      <c r="A46" s="196"/>
-[...32 lines deleted...]
-      <c r="AH46" s="198"/>
+      <c r="A46" s="96"/>
+      <c r="B46" s="97"/>
+      <c r="C46" s="97"/>
+      <c r="D46" s="97"/>
+      <c r="E46" s="97"/>
+      <c r="F46" s="97"/>
+      <c r="G46" s="97"/>
+      <c r="H46" s="97"/>
+      <c r="I46" s="97"/>
+      <c r="J46" s="97"/>
+      <c r="K46" s="97"/>
+      <c r="L46" s="97"/>
+      <c r="M46" s="97"/>
+      <c r="N46" s="97"/>
+      <c r="O46" s="97"/>
+      <c r="P46" s="97"/>
+      <c r="Q46" s="97"/>
+      <c r="R46" s="97"/>
+      <c r="S46" s="97"/>
+      <c r="T46" s="97"/>
+      <c r="U46" s="97"/>
+      <c r="V46" s="97"/>
+      <c r="W46" s="97"/>
+      <c r="X46" s="97"/>
+      <c r="Y46" s="97"/>
+      <c r="Z46" s="97"/>
+      <c r="AA46" s="97"/>
+      <c r="AB46" s="97"/>
+      <c r="AC46" s="97"/>
+      <c r="AD46" s="97"/>
+      <c r="AE46" s="97"/>
+      <c r="AF46" s="97"/>
+      <c r="AG46" s="97"/>
+      <c r="AH46" s="98"/>
     </row>
     <row r="47" spans="1:34" ht="11.25" customHeight="1">
-      <c r="A47" s="196"/>
-[...32 lines deleted...]
-      <c r="AH47" s="198"/>
+      <c r="A47" s="96"/>
+      <c r="B47" s="97"/>
+      <c r="C47" s="97"/>
+      <c r="D47" s="97"/>
+      <c r="E47" s="97"/>
+      <c r="F47" s="97"/>
+      <c r="G47" s="97"/>
+      <c r="H47" s="97"/>
+      <c r="I47" s="97"/>
+      <c r="J47" s="97"/>
+      <c r="K47" s="97"/>
+      <c r="L47" s="97"/>
+      <c r="M47" s="97"/>
+      <c r="N47" s="97"/>
+      <c r="O47" s="97"/>
+      <c r="P47" s="97"/>
+      <c r="Q47" s="97"/>
+      <c r="R47" s="97"/>
+      <c r="S47" s="97"/>
+      <c r="T47" s="97"/>
+      <c r="U47" s="97"/>
+      <c r="V47" s="97"/>
+      <c r="W47" s="97"/>
+      <c r="X47" s="97"/>
+      <c r="Y47" s="97"/>
+      <c r="Z47" s="97"/>
+      <c r="AA47" s="97"/>
+      <c r="AB47" s="97"/>
+      <c r="AC47" s="97"/>
+      <c r="AD47" s="97"/>
+      <c r="AE47" s="97"/>
+      <c r="AF47" s="97"/>
+      <c r="AG47" s="97"/>
+      <c r="AH47" s="98"/>
     </row>
     <row r="48" spans="1:34" ht="12" customHeight="1">
-      <c r="A48" s="143"/>
-[...32 lines deleted...]
-      <c r="AH48" s="200"/>
+      <c r="A48" s="99"/>
+      <c r="B48" s="100"/>
+      <c r="C48" s="100"/>
+      <c r="D48" s="100"/>
+      <c r="E48" s="100"/>
+      <c r="F48" s="100"/>
+      <c r="G48" s="100"/>
+      <c r="H48" s="100"/>
+      <c r="I48" s="100"/>
+      <c r="J48" s="100"/>
+      <c r="K48" s="100"/>
+      <c r="L48" s="100"/>
+      <c r="M48" s="100"/>
+      <c r="N48" s="100"/>
+      <c r="O48" s="100"/>
+      <c r="P48" s="100"/>
+      <c r="Q48" s="100"/>
+      <c r="R48" s="100"/>
+      <c r="S48" s="100"/>
+      <c r="T48" s="100"/>
+      <c r="U48" s="100"/>
+      <c r="V48" s="100"/>
+      <c r="W48" s="100"/>
+      <c r="X48" s="100"/>
+      <c r="Y48" s="100"/>
+      <c r="Z48" s="100"/>
+      <c r="AA48" s="100"/>
+      <c r="AB48" s="100"/>
+      <c r="AC48" s="100"/>
+      <c r="AD48" s="100"/>
+      <c r="AE48" s="100"/>
+      <c r="AF48" s="100"/>
+      <c r="AG48" s="100"/>
+      <c r="AH48" s="101"/>
     </row>
     <row r="49" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A49" s="146" t="s">
+      <c r="A49" s="76" t="s">
         <v>16</v>
       </c>
-      <c r="B49" s="147"/>
-[...31 lines deleted...]
-      <c r="AH49" s="192"/>
+      <c r="B49" s="77"/>
+      <c r="C49" s="77"/>
+      <c r="D49" s="77"/>
+      <c r="E49" s="77"/>
+      <c r="F49" s="77"/>
+      <c r="G49" s="77"/>
+      <c r="H49" s="77"/>
+      <c r="I49" s="77"/>
+      <c r="J49" s="77"/>
+      <c r="K49" s="77"/>
+      <c r="L49" s="77"/>
+      <c r="M49" s="77"/>
+      <c r="N49" s="77"/>
+      <c r="O49" s="77"/>
+      <c r="P49" s="77"/>
+      <c r="Q49" s="77"/>
+      <c r="R49" s="77"/>
+      <c r="S49" s="77"/>
+      <c r="T49" s="77"/>
+      <c r="U49" s="77"/>
+      <c r="V49" s="77"/>
+      <c r="W49" s="77"/>
+      <c r="X49" s="77"/>
+      <c r="Y49" s="77"/>
+      <c r="Z49" s="91"/>
+      <c r="AA49" s="91"/>
+      <c r="AB49" s="91"/>
+      <c r="AC49" s="91"/>
+      <c r="AD49" s="91"/>
+      <c r="AE49" s="91"/>
+      <c r="AF49" s="91"/>
+      <c r="AG49" s="91"/>
+      <c r="AH49" s="92"/>
     </row>
     <row r="50" spans="1:49" ht="12" customHeight="1">
-      <c r="A50" s="193"/>
-[...32 lines deleted...]
-      <c r="AH50" s="195"/>
+      <c r="A50" s="93"/>
+      <c r="B50" s="94"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="94"/>
+      <c r="L50" s="94"/>
+      <c r="M50" s="94"/>
+      <c r="N50" s="94"/>
+      <c r="O50" s="94"/>
+      <c r="P50" s="94"/>
+      <c r="Q50" s="94"/>
+      <c r="R50" s="94"/>
+      <c r="S50" s="94"/>
+      <c r="T50" s="94"/>
+      <c r="U50" s="94"/>
+      <c r="V50" s="94"/>
+      <c r="W50" s="94"/>
+      <c r="X50" s="94"/>
+      <c r="Y50" s="94"/>
+      <c r="Z50" s="94"/>
+      <c r="AA50" s="94"/>
+      <c r="AB50" s="94"/>
+      <c r="AC50" s="94"/>
+      <c r="AD50" s="94"/>
+      <c r="AE50" s="94"/>
+      <c r="AF50" s="94"/>
+      <c r="AG50" s="94"/>
+      <c r="AH50" s="95"/>
     </row>
     <row r="51" spans="1:49" ht="10.5" customHeight="1">
-      <c r="A51" s="196"/>
-[...32 lines deleted...]
-      <c r="AH51" s="198"/>
+      <c r="A51" s="96"/>
+      <c r="B51" s="97"/>
+      <c r="C51" s="97"/>
+      <c r="D51" s="97"/>
+      <c r="E51" s="97"/>
+      <c r="F51" s="97"/>
+      <c r="G51" s="97"/>
+      <c r="H51" s="97"/>
+      <c r="I51" s="97"/>
+      <c r="J51" s="97"/>
+      <c r="K51" s="97"/>
+      <c r="L51" s="97"/>
+      <c r="M51" s="97"/>
+      <c r="N51" s="97"/>
+      <c r="O51" s="97"/>
+      <c r="P51" s="97"/>
+      <c r="Q51" s="97"/>
+      <c r="R51" s="97"/>
+      <c r="S51" s="97"/>
+      <c r="T51" s="97"/>
+      <c r="U51" s="97"/>
+      <c r="V51" s="97"/>
+      <c r="W51" s="97"/>
+      <c r="X51" s="97"/>
+      <c r="Y51" s="97"/>
+      <c r="Z51" s="97"/>
+      <c r="AA51" s="97"/>
+      <c r="AB51" s="97"/>
+      <c r="AC51" s="97"/>
+      <c r="AD51" s="97"/>
+      <c r="AE51" s="97"/>
+      <c r="AF51" s="97"/>
+      <c r="AG51" s="97"/>
+      <c r="AH51" s="98"/>
     </row>
     <row r="52" spans="1:49" ht="12" customHeight="1">
-      <c r="A52" s="143"/>
-[...32 lines deleted...]
-      <c r="AH52" s="200"/>
+      <c r="A52" s="99"/>
+      <c r="B52" s="100"/>
+      <c r="C52" s="100"/>
+      <c r="D52" s="100"/>
+      <c r="E52" s="100"/>
+      <c r="F52" s="100"/>
+      <c r="G52" s="100"/>
+      <c r="H52" s="100"/>
+      <c r="I52" s="100"/>
+      <c r="J52" s="100"/>
+      <c r="K52" s="100"/>
+      <c r="L52" s="100"/>
+      <c r="M52" s="100"/>
+      <c r="N52" s="100"/>
+      <c r="O52" s="100"/>
+      <c r="P52" s="100"/>
+      <c r="Q52" s="100"/>
+      <c r="R52" s="100"/>
+      <c r="S52" s="100"/>
+      <c r="T52" s="100"/>
+      <c r="U52" s="100"/>
+      <c r="V52" s="100"/>
+      <c r="W52" s="100"/>
+      <c r="X52" s="100"/>
+      <c r="Y52" s="100"/>
+      <c r="Z52" s="100"/>
+      <c r="AA52" s="100"/>
+      <c r="AB52" s="100"/>
+      <c r="AC52" s="100"/>
+      <c r="AD52" s="100"/>
+      <c r="AE52" s="100"/>
+      <c r="AF52" s="100"/>
+      <c r="AG52" s="100"/>
+      <c r="AH52" s="101"/>
     </row>
     <row r="53" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A53" s="146" t="s">
+      <c r="A53" s="76" t="s">
         <v>17</v>
       </c>
-      <c r="B53" s="190"/>
-[...31 lines deleted...]
-      <c r="AH53" s="192"/>
+      <c r="B53" s="80"/>
+      <c r="C53" s="80"/>
+      <c r="D53" s="80"/>
+      <c r="E53" s="80"/>
+      <c r="F53" s="80"/>
+      <c r="G53" s="80"/>
+      <c r="H53" s="80"/>
+      <c r="I53" s="80"/>
+      <c r="J53" s="80"/>
+      <c r="K53" s="80"/>
+      <c r="L53" s="80"/>
+      <c r="M53" s="80"/>
+      <c r="N53" s="80"/>
+      <c r="O53" s="80"/>
+      <c r="P53" s="80"/>
+      <c r="Q53" s="80"/>
+      <c r="R53" s="80"/>
+      <c r="S53" s="80"/>
+      <c r="T53" s="80"/>
+      <c r="U53" s="80"/>
+      <c r="V53" s="80"/>
+      <c r="W53" s="80"/>
+      <c r="X53" s="80"/>
+      <c r="Y53" s="80"/>
+      <c r="Z53" s="91"/>
+      <c r="AA53" s="91"/>
+      <c r="AB53" s="91"/>
+      <c r="AC53" s="91"/>
+      <c r="AD53" s="91"/>
+      <c r="AE53" s="91"/>
+      <c r="AF53" s="91"/>
+      <c r="AG53" s="91"/>
+      <c r="AH53" s="92"/>
     </row>
     <row r="54" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A54" s="193"/>
-[...32 lines deleted...]
-      <c r="AH54" s="195"/>
+      <c r="A54" s="93"/>
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="94"/>
+      <c r="E54" s="94"/>
+      <c r="F54" s="94"/>
+      <c r="G54" s="94"/>
+      <c r="H54" s="94"/>
+      <c r="I54" s="94"/>
+      <c r="J54" s="94"/>
+      <c r="K54" s="94"/>
+      <c r="L54" s="94"/>
+      <c r="M54" s="94"/>
+      <c r="N54" s="94"/>
+      <c r="O54" s="94"/>
+      <c r="P54" s="94"/>
+      <c r="Q54" s="94"/>
+      <c r="R54" s="94"/>
+      <c r="S54" s="94"/>
+      <c r="T54" s="94"/>
+      <c r="U54" s="94"/>
+      <c r="V54" s="94"/>
+      <c r="W54" s="94"/>
+      <c r="X54" s="94"/>
+      <c r="Y54" s="94"/>
+      <c r="Z54" s="94"/>
+      <c r="AA54" s="94"/>
+      <c r="AB54" s="94"/>
+      <c r="AC54" s="94"/>
+      <c r="AD54" s="94"/>
+      <c r="AE54" s="94"/>
+      <c r="AF54" s="94"/>
+      <c r="AG54" s="94"/>
+      <c r="AH54" s="95"/>
     </row>
     <row r="55" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A55" s="196"/>
-[...32 lines deleted...]
-      <c r="AH55" s="198"/>
+      <c r="A55" s="96"/>
+      <c r="B55" s="97"/>
+      <c r="C55" s="97"/>
+      <c r="D55" s="97"/>
+      <c r="E55" s="97"/>
+      <c r="F55" s="97"/>
+      <c r="G55" s="97"/>
+      <c r="H55" s="97"/>
+      <c r="I55" s="97"/>
+      <c r="J55" s="97"/>
+      <c r="K55" s="97"/>
+      <c r="L55" s="97"/>
+      <c r="M55" s="97"/>
+      <c r="N55" s="97"/>
+      <c r="O55" s="97"/>
+      <c r="P55" s="97"/>
+      <c r="Q55" s="97"/>
+      <c r="R55" s="97"/>
+      <c r="S55" s="97"/>
+      <c r="T55" s="97"/>
+      <c r="U55" s="97"/>
+      <c r="V55" s="97"/>
+      <c r="W55" s="97"/>
+      <c r="X55" s="97"/>
+      <c r="Y55" s="97"/>
+      <c r="Z55" s="97"/>
+      <c r="AA55" s="97"/>
+      <c r="AB55" s="97"/>
+      <c r="AC55" s="97"/>
+      <c r="AD55" s="97"/>
+      <c r="AE55" s="97"/>
+      <c r="AF55" s="97"/>
+      <c r="AG55" s="97"/>
+      <c r="AH55" s="98"/>
     </row>
     <row r="56" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A56" s="196"/>
-[...32 lines deleted...]
-      <c r="AH56" s="198"/>
+      <c r="A56" s="96"/>
+      <c r="B56" s="97"/>
+      <c r="C56" s="97"/>
+      <c r="D56" s="97"/>
+      <c r="E56" s="97"/>
+      <c r="F56" s="97"/>
+      <c r="G56" s="97"/>
+      <c r="H56" s="97"/>
+      <c r="I56" s="97"/>
+      <c r="J56" s="97"/>
+      <c r="K56" s="97"/>
+      <c r="L56" s="97"/>
+      <c r="M56" s="97"/>
+      <c r="N56" s="97"/>
+      <c r="O56" s="97"/>
+      <c r="P56" s="97"/>
+      <c r="Q56" s="97"/>
+      <c r="R56" s="97"/>
+      <c r="S56" s="97"/>
+      <c r="T56" s="97"/>
+      <c r="U56" s="97"/>
+      <c r="V56" s="97"/>
+      <c r="W56" s="97"/>
+      <c r="X56" s="97"/>
+      <c r="Y56" s="97"/>
+      <c r="Z56" s="97"/>
+      <c r="AA56" s="97"/>
+      <c r="AB56" s="97"/>
+      <c r="AC56" s="97"/>
+      <c r="AD56" s="97"/>
+      <c r="AE56" s="97"/>
+      <c r="AF56" s="97"/>
+      <c r="AG56" s="97"/>
+      <c r="AH56" s="98"/>
     </row>
     <row r="57" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A57" s="196"/>
-[...32 lines deleted...]
-      <c r="AH57" s="198"/>
+      <c r="A57" s="96"/>
+      <c r="B57" s="97"/>
+      <c r="C57" s="97"/>
+      <c r="D57" s="97"/>
+      <c r="E57" s="97"/>
+      <c r="F57" s="97"/>
+      <c r="G57" s="97"/>
+      <c r="H57" s="97"/>
+      <c r="I57" s="97"/>
+      <c r="J57" s="97"/>
+      <c r="K57" s="97"/>
+      <c r="L57" s="97"/>
+      <c r="M57" s="97"/>
+      <c r="N57" s="97"/>
+      <c r="O57" s="97"/>
+      <c r="P57" s="97"/>
+      <c r="Q57" s="97"/>
+      <c r="R57" s="97"/>
+      <c r="S57" s="97"/>
+      <c r="T57" s="97"/>
+      <c r="U57" s="97"/>
+      <c r="V57" s="97"/>
+      <c r="W57" s="97"/>
+      <c r="X57" s="97"/>
+      <c r="Y57" s="97"/>
+      <c r="Z57" s="97"/>
+      <c r="AA57" s="97"/>
+      <c r="AB57" s="97"/>
+      <c r="AC57" s="97"/>
+      <c r="AD57" s="97"/>
+      <c r="AE57" s="97"/>
+      <c r="AF57" s="97"/>
+      <c r="AG57" s="97"/>
+      <c r="AH57" s="98"/>
     </row>
     <row r="58" spans="1:49" ht="13.5" customHeight="1">
-      <c r="A58" s="143"/>
-[...32 lines deleted...]
-      <c r="AH58" s="200"/>
+      <c r="A58" s="99"/>
+      <c r="B58" s="100"/>
+      <c r="C58" s="100"/>
+      <c r="D58" s="100"/>
+      <c r="E58" s="100"/>
+      <c r="F58" s="100"/>
+      <c r="G58" s="100"/>
+      <c r="H58" s="100"/>
+      <c r="I58" s="100"/>
+      <c r="J58" s="100"/>
+      <c r="K58" s="100"/>
+      <c r="L58" s="100"/>
+      <c r="M58" s="100"/>
+      <c r="N58" s="100"/>
+      <c r="O58" s="100"/>
+      <c r="P58" s="100"/>
+      <c r="Q58" s="100"/>
+      <c r="R58" s="100"/>
+      <c r="S58" s="100"/>
+      <c r="T58" s="100"/>
+      <c r="U58" s="100"/>
+      <c r="V58" s="100"/>
+      <c r="W58" s="100"/>
+      <c r="X58" s="100"/>
+      <c r="Y58" s="100"/>
+      <c r="Z58" s="100"/>
+      <c r="AA58" s="100"/>
+      <c r="AB58" s="100"/>
+      <c r="AC58" s="100"/>
+      <c r="AD58" s="100"/>
+      <c r="AE58" s="100"/>
+      <c r="AF58" s="100"/>
+      <c r="AG58" s="100"/>
+      <c r="AH58" s="101"/>
     </row>
     <row r="59" spans="1:49" ht="6.75" customHeight="1">
       <c r="A59" s="20"/>
       <c r="B59" s="20"/>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="20"/>
       <c r="F59" s="20"/>
       <c r="G59" s="20"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
       <c r="J59" s="20"/>
       <c r="K59" s="20"/>
       <c r="L59" s="20"/>
       <c r="M59" s="20"/>
       <c r="N59" s="20"/>
       <c r="O59" s="20"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="20"/>
       <c r="R59" s="20"/>
       <c r="S59" s="20"/>
       <c r="T59" s="20"/>
       <c r="U59" s="20"/>
       <c r="V59" s="20"/>
       <c r="W59" s="20"/>
@@ -5310,525 +5313,525 @@
       <c r="AT62" s="15"/>
       <c r="AU62" s="15"/>
       <c r="AV62" s="15"/>
       <c r="AW62" s="15"/>
     </row>
     <row r="63" spans="1:49" s="16" customFormat="1" ht="14.25" customHeight="1">
       <c r="A63" s="17"/>
       <c r="B63" s="40" t="s">
         <v>62</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D63" s="17"/>
       <c r="E63" s="17"/>
       <c r="F63" s="17"/>
       <c r="G63" s="17"/>
       <c r="H63" s="17"/>
       <c r="I63" s="17"/>
       <c r="J63" s="17"/>
       <c r="P63" s="40"/>
       <c r="Q63" s="15" t="s">
         <v>64</v>
       </c>
       <c r="S63" s="18"/>
-      <c r="T63" s="188" t="s">
+      <c r="T63" s="89" t="s">
         <v>20</v>
       </c>
-      <c r="U63" s="189"/>
-[...12 lines deleted...]
-      <c r="AH63" s="188" t="s">
+      <c r="U63" s="90"/>
+      <c r="V63" s="90"/>
+      <c r="W63" s="90"/>
+      <c r="X63" s="90"/>
+      <c r="Y63" s="90"/>
+      <c r="Z63" s="90"/>
+      <c r="AA63" s="90"/>
+      <c r="AB63" s="90"/>
+      <c r="AC63" s="90"/>
+      <c r="AD63" s="90"/>
+      <c r="AE63" s="90"/>
+      <c r="AF63" s="90"/>
+      <c r="AG63" s="90"/>
+      <c r="AH63" s="89" t="s">
         <v>21</v>
       </c>
       <c r="AI63" s="15"/>
       <c r="AJ63" s="15"/>
       <c r="AK63" s="15"/>
       <c r="AL63" s="15"/>
       <c r="AM63" s="15"/>
       <c r="AN63" s="15"/>
       <c r="AO63" s="15"/>
       <c r="AP63" s="15"/>
       <c r="AQ63" s="15"/>
       <c r="AR63" s="15"/>
       <c r="AS63" s="15"/>
       <c r="AT63" s="15"/>
       <c r="AU63" s="15"/>
       <c r="AV63" s="15"/>
       <c r="AW63" s="15"/>
     </row>
     <row r="64" spans="1:49" s="16" customFormat="1" ht="14.25" customHeight="1">
       <c r="A64" s="17"/>
       <c r="B64" s="40"/>
       <c r="C64" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D64" s="17"/>
       <c r="E64" s="17"/>
       <c r="F64" s="17"/>
       <c r="G64" s="17"/>
       <c r="H64" s="17"/>
       <c r="I64" s="17"/>
       <c r="J64" s="17"/>
       <c r="K64" s="15"/>
       <c r="M64" s="17"/>
       <c r="N64" s="17"/>
       <c r="O64" s="17"/>
       <c r="P64" s="17"/>
       <c r="Q64" s="17"/>
       <c r="R64" s="17"/>
       <c r="S64" s="17"/>
-      <c r="T64" s="188"/>
-[...13 lines deleted...]
-      <c r="AH64" s="188"/>
+      <c r="T64" s="89"/>
+      <c r="U64" s="90"/>
+      <c r="V64" s="90"/>
+      <c r="W64" s="90"/>
+      <c r="X64" s="90"/>
+      <c r="Y64" s="90"/>
+      <c r="Z64" s="90"/>
+      <c r="AA64" s="90"/>
+      <c r="AB64" s="90"/>
+      <c r="AC64" s="90"/>
+      <c r="AD64" s="90"/>
+      <c r="AE64" s="90"/>
+      <c r="AF64" s="90"/>
+      <c r="AG64" s="90"/>
+      <c r="AH64" s="89"/>
       <c r="AI64" s="15"/>
       <c r="AJ64" s="15"/>
       <c r="AK64" s="15"/>
       <c r="AL64" s="15"/>
       <c r="AM64" s="15"/>
       <c r="AN64" s="15"/>
       <c r="AO64" s="15"/>
       <c r="AP64" s="15"/>
       <c r="AQ64" s="15"/>
       <c r="AR64" s="15"/>
       <c r="AS64" s="15"/>
       <c r="AT64" s="15"/>
       <c r="AU64" s="15"/>
       <c r="AV64" s="15"/>
       <c r="AW64" s="15"/>
     </row>
     <row r="65" spans="1:34" s="19" customFormat="1" ht="6" customHeight="1">
       <c r="A65" s="13"/>
       <c r="B65" s="14"/>
       <c r="C65" s="13"/>
       <c r="D65" s="13"/>
       <c r="E65" s="13"/>
       <c r="F65" s="13"/>
       <c r="G65" s="13"/>
       <c r="H65" s="13"/>
       <c r="I65" s="13"/>
       <c r="J65" s="13"/>
       <c r="K65" s="14"/>
       <c r="M65" s="13"/>
     </row>
     <row r="66" spans="1:34" ht="13.5" customHeight="1">
       <c r="A66" s="8" t="s">
         <v>25</v>
       </c>
       <c r="N66" s="22"/>
-      <c r="O66" s="201" t="s">
+      <c r="O66" s="102" t="s">
         <v>67</v>
       </c>
-      <c r="P66" s="201"/>
-[...17 lines deleted...]
-      <c r="AH66" s="201"/>
+      <c r="P66" s="102"/>
+      <c r="Q66" s="102"/>
+      <c r="R66" s="102"/>
+      <c r="S66" s="102"/>
+      <c r="T66" s="102"/>
+      <c r="U66" s="102"/>
+      <c r="V66" s="102"/>
+      <c r="W66" s="102"/>
+      <c r="X66" s="102"/>
+      <c r="Y66" s="102"/>
+      <c r="Z66" s="102"/>
+      <c r="AA66" s="102"/>
+      <c r="AB66" s="102"/>
+      <c r="AC66" s="102"/>
+      <c r="AD66" s="102"/>
+      <c r="AE66" s="102"/>
+      <c r="AF66" s="102"/>
+      <c r="AG66" s="102"/>
+      <c r="AH66" s="102"/>
     </row>
     <row r="67" spans="1:34" s="19" customFormat="1" ht="6" customHeight="1">
       <c r="A67" s="13"/>
       <c r="B67" s="14"/>
       <c r="C67" s="13"/>
       <c r="D67" s="13"/>
       <c r="E67" s="13"/>
       <c r="F67" s="13"/>
       <c r="G67" s="13"/>
       <c r="H67" s="13"/>
       <c r="I67" s="13"/>
       <c r="J67" s="13"/>
       <c r="K67" s="14"/>
       <c r="M67" s="13"/>
-      <c r="O67" s="201"/>
-[...18 lines deleted...]
-      <c r="AH67" s="201"/>
+      <c r="O67" s="102"/>
+      <c r="P67" s="102"/>
+      <c r="Q67" s="102"/>
+      <c r="R67" s="102"/>
+      <c r="S67" s="102"/>
+      <c r="T67" s="102"/>
+      <c r="U67" s="102"/>
+      <c r="V67" s="102"/>
+      <c r="W67" s="102"/>
+      <c r="X67" s="102"/>
+      <c r="Y67" s="102"/>
+      <c r="Z67" s="102"/>
+      <c r="AA67" s="102"/>
+      <c r="AB67" s="102"/>
+      <c r="AC67" s="102"/>
+      <c r="AD67" s="102"/>
+      <c r="AE67" s="102"/>
+      <c r="AF67" s="102"/>
+      <c r="AG67" s="102"/>
+      <c r="AH67" s="102"/>
     </row>
     <row r="68" spans="1:34">
       <c r="B68" s="21" t="s">
         <v>26</v>
       </c>
       <c r="M68" s="23"/>
-      <c r="O68" s="201"/>
-[...18 lines deleted...]
-      <c r="AH68" s="201"/>
+      <c r="O68" s="102"/>
+      <c r="P68" s="102"/>
+      <c r="Q68" s="102"/>
+      <c r="R68" s="102"/>
+      <c r="S68" s="102"/>
+      <c r="T68" s="102"/>
+      <c r="U68" s="102"/>
+      <c r="V68" s="102"/>
+      <c r="W68" s="102"/>
+      <c r="X68" s="102"/>
+      <c r="Y68" s="102"/>
+      <c r="Z68" s="102"/>
+      <c r="AA68" s="102"/>
+      <c r="AB68" s="102"/>
+      <c r="AC68" s="102"/>
+      <c r="AD68" s="102"/>
+      <c r="AE68" s="102"/>
+      <c r="AF68" s="102"/>
+      <c r="AG68" s="102"/>
+      <c r="AH68" s="102"/>
     </row>
     <row r="69" spans="1:34" s="19" customFormat="1" ht="3" customHeight="1">
       <c r="A69" s="13"/>
       <c r="B69" s="14"/>
       <c r="C69" s="13"/>
       <c r="D69" s="13"/>
       <c r="E69" s="13"/>
       <c r="F69" s="13"/>
       <c r="G69" s="13"/>
       <c r="H69" s="13"/>
       <c r="I69" s="13"/>
       <c r="J69" s="13"/>
       <c r="K69" s="14"/>
       <c r="M69" s="13"/>
     </row>
     <row r="70" spans="1:34">
-      <c r="A70" s="187"/>
-[...32 lines deleted...]
-      <c r="AH70" s="187"/>
+      <c r="A70" s="88"/>
+      <c r="B70" s="88"/>
+      <c r="C70" s="88"/>
+      <c r="D70" s="88"/>
+      <c r="E70" s="88"/>
+      <c r="F70" s="88"/>
+      <c r="G70" s="88"/>
+      <c r="H70" s="88"/>
+      <c r="I70" s="88"/>
+      <c r="J70" s="88"/>
+      <c r="K70" s="88"/>
+      <c r="L70" s="88"/>
+      <c r="M70" s="88"/>
+      <c r="N70" s="88"/>
+      <c r="O70" s="88"/>
+      <c r="P70" s="88"/>
+      <c r="Q70" s="88"/>
+      <c r="R70" s="88"/>
+      <c r="S70" s="88"/>
+      <c r="T70" s="88"/>
+      <c r="U70" s="88"/>
+      <c r="V70" s="88"/>
+      <c r="W70" s="88"/>
+      <c r="X70" s="88"/>
+      <c r="Y70" s="88"/>
+      <c r="Z70" s="88"/>
+      <c r="AA70" s="88"/>
+      <c r="AB70" s="88"/>
+      <c r="AC70" s="88"/>
+      <c r="AD70" s="88"/>
+      <c r="AE70" s="88"/>
+      <c r="AF70" s="88"/>
+      <c r="AG70" s="88"/>
+      <c r="AH70" s="88"/>
     </row>
     <row r="71" spans="1:34">
-      <c r="A71" s="187"/>
-[...32 lines deleted...]
-      <c r="AH71" s="187"/>
+      <c r="A71" s="88"/>
+      <c r="B71" s="88"/>
+      <c r="C71" s="88"/>
+      <c r="D71" s="88"/>
+      <c r="E71" s="88"/>
+      <c r="F71" s="88"/>
+      <c r="G71" s="88"/>
+      <c r="H71" s="88"/>
+      <c r="I71" s="88"/>
+      <c r="J71" s="88"/>
+      <c r="K71" s="88"/>
+      <c r="L71" s="88"/>
+      <c r="M71" s="88"/>
+      <c r="N71" s="88"/>
+      <c r="O71" s="88"/>
+      <c r="P71" s="88"/>
+      <c r="Q71" s="88"/>
+      <c r="R71" s="88"/>
+      <c r="S71" s="88"/>
+      <c r="T71" s="88"/>
+      <c r="U71" s="88"/>
+      <c r="V71" s="88"/>
+      <c r="W71" s="88"/>
+      <c r="X71" s="88"/>
+      <c r="Y71" s="88"/>
+      <c r="Z71" s="88"/>
+      <c r="AA71" s="88"/>
+      <c r="AB71" s="88"/>
+      <c r="AC71" s="88"/>
+      <c r="AD71" s="88"/>
+      <c r="AE71" s="88"/>
+      <c r="AF71" s="88"/>
+      <c r="AG71" s="88"/>
+      <c r="AH71" s="88"/>
     </row>
   </sheetData>
   <mergeCells count="72">
-    <mergeCell ref="A35:C36"/>
-[...9 lines deleted...]
-    <mergeCell ref="R42:AH43"/>
+    <mergeCell ref="I6:J6"/>
+    <mergeCell ref="M8:AH8"/>
+    <mergeCell ref="M13:AB15"/>
+    <mergeCell ref="AC13:AD15"/>
+    <mergeCell ref="AG13:AH15"/>
+    <mergeCell ref="AE13:AF15"/>
+    <mergeCell ref="M9:AH12"/>
+    <mergeCell ref="W7:AH7"/>
+    <mergeCell ref="I8:L8"/>
+    <mergeCell ref="I9:L12"/>
+    <mergeCell ref="K6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:AH6"/>
+    <mergeCell ref="B7:G15"/>
+    <mergeCell ref="Z17:AH17"/>
+    <mergeCell ref="Z20:AH20"/>
+    <mergeCell ref="Z21:AH22"/>
+    <mergeCell ref="AC18:AH18"/>
+    <mergeCell ref="AC19:AH19"/>
+    <mergeCell ref="I13:L15"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="D17:Y17"/>
+    <mergeCell ref="A18:C19"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="D20:Y20"/>
+    <mergeCell ref="E18:Y18"/>
+    <mergeCell ref="D19:Y19"/>
+    <mergeCell ref="E21:Y21"/>
+    <mergeCell ref="D22:Y22"/>
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="F24:AH24"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A31:C32"/>
+    <mergeCell ref="D31:E32"/>
+    <mergeCell ref="F31:AH32"/>
+    <mergeCell ref="A29:C30"/>
+    <mergeCell ref="D29:E30"/>
+    <mergeCell ref="F29:AH30"/>
+    <mergeCell ref="A25:C26"/>
+    <mergeCell ref="D25:E26"/>
+    <mergeCell ref="F25:AH26"/>
+    <mergeCell ref="A27:C28"/>
+    <mergeCell ref="D27:E28"/>
+    <mergeCell ref="F27:AH28"/>
     <mergeCell ref="A33:C34"/>
     <mergeCell ref="D33:E34"/>
     <mergeCell ref="F33:AH34"/>
     <mergeCell ref="A70:AH71"/>
     <mergeCell ref="AH63:AH64"/>
     <mergeCell ref="T63:T64"/>
     <mergeCell ref="U63:AG64"/>
     <mergeCell ref="F39:AH40"/>
     <mergeCell ref="A44:AH44"/>
     <mergeCell ref="A49:AH49"/>
     <mergeCell ref="A53:AH53"/>
     <mergeCell ref="A54:AH58"/>
     <mergeCell ref="A50:AH52"/>
     <mergeCell ref="A45:AH48"/>
     <mergeCell ref="O66:AH68"/>
     <mergeCell ref="A39:C40"/>
-    <mergeCell ref="A24:C24"/>
-[...43 lines deleted...]
-    <mergeCell ref="X6:AH6"/>
+    <mergeCell ref="D39:E40"/>
+    <mergeCell ref="A41:Q41"/>
+    <mergeCell ref="R41:AH41"/>
+    <mergeCell ref="A42:Q43"/>
+    <mergeCell ref="R42:AH43"/>
+    <mergeCell ref="A35:C36"/>
+    <mergeCell ref="D35:E36"/>
+    <mergeCell ref="F35:AH36"/>
+    <mergeCell ref="A37:C38"/>
+    <mergeCell ref="D37:E38"/>
+    <mergeCell ref="F37:AH38"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="4">
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE13:AF15 AC18:AH19 A25:E40" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M8" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M68 B62:B64 P62:P63" xr:uid="{13D18DFF-E20D-4B5D-A282-DA271705F243}">
       <formula1>"✓"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6:J6 V6:W6" xr:uid="{7106F904-0B59-4EDA-A1E1-9D37C90622EC}">
       <formula1>"✓,1,2,3,4"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="O66:AH68" r:id="rId1" display="※本有期契約職員応募書類記入・提出にあたり、弊会の個人情報保護方針をご確認の上、同意していただける場合はチェックを入れてください。" xr:uid="{D197BDC3-F725-4B4D-8F43-9EC46321CD72}"/>
     <hyperlink ref="O61:AH61" r:id="rId2" display="※本有期契約職員応募書類記入・提出にあたり、弊会の個人情報保護方針をご確認の上、同意していただける場合はチェックを入れてください。" xr:uid="{1F23BA4C-86F8-4B1D-891A-81912F9553D2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.31496062992125984" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87C9CFB5-3999-4D24-975E-BE01D2058800}">
   <dimension ref="A1:J51"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A25" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="K36" sqref="K36"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A7" sqref="A7:I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="2" width="7.75" style="24" customWidth="1"/>
     <col min="3" max="3" width="21.625" style="24" customWidth="1"/>
     <col min="4" max="9" width="8.75" style="24" customWidth="1"/>
     <col min="10" max="16384" width="9.625" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25">
-      <c r="A1" s="210" t="s">
+      <c r="A1" s="222" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="211"/>
-[...6 lines deleted...]
-      <c r="I1" s="211"/>
+      <c r="B1" s="223"/>
+      <c r="C1" s="223"/>
+      <c r="D1" s="223"/>
+      <c r="E1" s="223"/>
+      <c r="F1" s="223"/>
+      <c r="G1" s="223"/>
+      <c r="H1" s="223"/>
+      <c r="I1" s="223"/>
     </row>
     <row r="2" spans="1:9" ht="13.5" customHeight="1">
       <c r="A2" s="38"/>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="39"/>
       <c r="G2" s="39"/>
       <c r="H2" s="39"/>
       <c r="I2" s="39"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="25"/>
       <c r="B3" s="25"/>
       <c r="C3" s="25"/>
       <c r="D3" s="25"/>
       <c r="E3" s="25"/>
       <c r="F3" s="25"/>
       <c r="G3" s="25"/>
       <c r="H3" s="25"/>
       <c r="I3" s="26" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="25"/>
       <c r="B4" s="25"/>
       <c r="C4" s="25"/>
       <c r="D4" s="25"/>
       <c r="E4" s="25"/>
       <c r="F4" s="25"/>
       <c r="G4" s="25"/>
       <c r="H4" s="25"/>
       <c r="I4" s="26" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="25"/>
       <c r="B5" s="25"/>
       <c r="C5" s="25"/>
       <c r="D5" s="25"/>
       <c r="E5" s="25"/>
       <c r="F5" s="25"/>
       <c r="G5" s="25"/>
       <c r="H5" s="25"/>
       <c r="I5" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="25"/>
       <c r="B6" s="25"/>
       <c r="C6" s="25"/>
       <c r="D6" s="25"/>
       <c r="E6" s="25"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="25"/>
       <c r="I6" s="25"/>
     </row>
     <row r="7" spans="1:9" ht="78.599999999999994" customHeight="1">
-      <c r="A7" s="212" t="s">
+      <c r="A7" s="215" t="s">
         <v>31</v>
       </c>
-      <c r="B7" s="212"/>
-[...6 lines deleted...]
-      <c r="I7" s="212"/>
+      <c r="B7" s="215"/>
+      <c r="C7" s="215"/>
+      <c r="D7" s="215"/>
+      <c r="E7" s="215"/>
+      <c r="F7" s="215"/>
+      <c r="G7" s="215"/>
+      <c r="H7" s="215"/>
+      <c r="I7" s="215"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="27"/>
       <c r="B8" s="27"/>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="25" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="25"/>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
     </row>
@@ -5972,425 +5975,425 @@
     <row r="21" spans="1:9">
       <c r="A21" s="25"/>
       <c r="B21" s="25"/>
       <c r="C21" s="25"/>
       <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="25"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="25" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="25"/>
       <c r="D22" s="25"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="25"/>
       <c r="I22" s="25"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="213" t="s">
+      <c r="A23" s="224" t="s">
         <v>42</v>
       </c>
-      <c r="B23" s="213"/>
-[...6 lines deleted...]
-      <c r="I23" s="213"/>
+      <c r="B23" s="224"/>
+      <c r="C23" s="224"/>
+      <c r="D23" s="224"/>
+      <c r="E23" s="224"/>
+      <c r="F23" s="224"/>
+      <c r="G23" s="224"/>
+      <c r="H23" s="224"/>
+      <c r="I23" s="224"/>
     </row>
     <row r="24" spans="1:9">
-      <c r="A24" s="213"/>
-[...7 lines deleted...]
-      <c r="I24" s="213"/>
+      <c r="A24" s="224"/>
+      <c r="B24" s="224"/>
+      <c r="C24" s="224"/>
+      <c r="D24" s="224"/>
+      <c r="E24" s="224"/>
+      <c r="F24" s="224"/>
+      <c r="G24" s="224"/>
+      <c r="H24" s="224"/>
+      <c r="I24" s="224"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="A25" s="213"/>
-[...7 lines deleted...]
-      <c r="I25" s="213"/>
+      <c r="A25" s="224"/>
+      <c r="B25" s="224"/>
+      <c r="C25" s="224"/>
+      <c r="D25" s="224"/>
+      <c r="E25" s="224"/>
+      <c r="F25" s="224"/>
+      <c r="G25" s="224"/>
+      <c r="H25" s="224"/>
+      <c r="I25" s="224"/>
     </row>
     <row r="26" spans="1:9">
-      <c r="A26" s="213"/>
-[...7 lines deleted...]
-      <c r="I26" s="213"/>
+      <c r="A26" s="224"/>
+      <c r="B26" s="224"/>
+      <c r="C26" s="224"/>
+      <c r="D26" s="224"/>
+      <c r="E26" s="224"/>
+      <c r="F26" s="224"/>
+      <c r="G26" s="224"/>
+      <c r="H26" s="224"/>
+      <c r="I26" s="224"/>
     </row>
     <row r="27" spans="1:9">
-      <c r="A27" s="213"/>
-[...7 lines deleted...]
-      <c r="I27" s="213"/>
+      <c r="A27" s="224"/>
+      <c r="B27" s="224"/>
+      <c r="C27" s="224"/>
+      <c r="D27" s="224"/>
+      <c r="E27" s="224"/>
+      <c r="F27" s="224"/>
+      <c r="G27" s="224"/>
+      <c r="H27" s="224"/>
+      <c r="I27" s="224"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="25"/>
       <c r="C28" s="25"/>
       <c r="D28" s="25"/>
       <c r="E28" s="25"/>
       <c r="F28" s="25"/>
       <c r="G28" s="25"/>
       <c r="H28" s="25"/>
       <c r="I28" s="25"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="24" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="25"/>
       <c r="C29" s="25"/>
       <c r="D29" s="25"/>
       <c r="E29" s="25"/>
       <c r="F29" s="25"/>
       <c r="G29" s="25"/>
       <c r="H29" s="25"/>
       <c r="I29" s="25"/>
     </row>
     <row r="30" spans="1:9">
-      <c r="A30" s="212" t="s">
+      <c r="A30" s="215" t="s">
         <v>44</v>
       </c>
-      <c r="B30" s="212"/>
-[...6 lines deleted...]
-      <c r="I30" s="212"/>
+      <c r="B30" s="215"/>
+      <c r="C30" s="215"/>
+      <c r="D30" s="215"/>
+      <c r="E30" s="215"/>
+      <c r="F30" s="215"/>
+      <c r="G30" s="215"/>
+      <c r="H30" s="215"/>
+      <c r="I30" s="215"/>
     </row>
     <row r="31" spans="1:9">
-      <c r="A31" s="212"/>
-[...7 lines deleted...]
-      <c r="I31" s="212"/>
+      <c r="A31" s="215"/>
+      <c r="B31" s="215"/>
+      <c r="C31" s="215"/>
+      <c r="D31" s="215"/>
+      <c r="E31" s="215"/>
+      <c r="F31" s="215"/>
+      <c r="G31" s="215"/>
+      <c r="H31" s="215"/>
+      <c r="I31" s="215"/>
     </row>
     <row r="32" spans="1:9">
-      <c r="A32" s="212"/>
-[...7 lines deleted...]
-      <c r="I32" s="212"/>
+      <c r="A32" s="215"/>
+      <c r="B32" s="215"/>
+      <c r="C32" s="215"/>
+      <c r="D32" s="215"/>
+      <c r="E32" s="215"/>
+      <c r="F32" s="215"/>
+      <c r="G32" s="215"/>
+      <c r="H32" s="215"/>
+      <c r="I32" s="215"/>
     </row>
     <row r="33" spans="1:9" ht="13.15" customHeight="1">
-      <c r="A33" s="212"/>
-[...7 lines deleted...]
-      <c r="I33" s="212"/>
+      <c r="A33" s="215"/>
+      <c r="B33" s="215"/>
+      <c r="C33" s="215"/>
+      <c r="D33" s="215"/>
+      <c r="E33" s="215"/>
+      <c r="F33" s="215"/>
+      <c r="G33" s="215"/>
+      <c r="H33" s="215"/>
+      <c r="I33" s="215"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="29"/>
       <c r="C34" s="28"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
     </row>
     <row r="35" spans="1:9" ht="16.5" customHeight="1">
       <c r="A35" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B35" s="50"/>
       <c r="C35" s="51"/>
       <c r="D35" s="51"/>
       <c r="E35" s="51"/>
       <c r="F35" s="51"/>
       <c r="G35" s="51"/>
       <c r="H35" s="51"/>
       <c r="I35" s="51"/>
     </row>
     <row r="36" spans="1:9" ht="66.75" customHeight="1">
-      <c r="A36" s="216" t="s">
-[...9 lines deleted...]
-      <c r="I36" s="216"/>
+      <c r="A36" s="227" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="227"/>
+      <c r="C36" s="227"/>
+      <c r="D36" s="227"/>
+      <c r="E36" s="227"/>
+      <c r="F36" s="227"/>
+      <c r="G36" s="227"/>
+      <c r="H36" s="227"/>
+      <c r="I36" s="227"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="25"/>
       <c r="B37" s="25"/>
       <c r="C37" s="25"/>
       <c r="D37" s="25"/>
       <c r="E37" s="25"/>
       <c r="F37" s="25"/>
       <c r="G37" s="25"/>
       <c r="H37" s="25"/>
       <c r="I37" s="25"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="30" t="s">
         <v>45</v>
       </c>
       <c r="B38" s="30"/>
       <c r="C38" s="25"/>
       <c r="D38" s="25"/>
       <c r="E38" s="25"/>
       <c r="F38" s="25"/>
       <c r="G38" s="25"/>
       <c r="H38" s="25"/>
       <c r="I38" s="25"/>
     </row>
     <row r="39" spans="1:9">
-      <c r="A39" s="214" t="s">
+      <c r="A39" s="225" t="s">
         <v>46</v>
       </c>
-      <c r="B39" s="214"/>
-      <c r="C39" s="215" t="s">
+      <c r="B39" s="225"/>
+      <c r="C39" s="226" t="s">
         <v>47</v>
       </c>
-      <c r="D39" s="215"/>
-[...4 lines deleted...]
-      <c r="I39" s="215"/>
+      <c r="D39" s="226"/>
+      <c r="E39" s="226"/>
+      <c r="F39" s="226"/>
+      <c r="G39" s="226"/>
+      <c r="H39" s="226"/>
+      <c r="I39" s="226"/>
     </row>
     <row r="40" spans="1:9">
-      <c r="A40" s="219" t="s">
+      <c r="A40" s="212" t="s">
         <v>48</v>
       </c>
-      <c r="B40" s="219"/>
+      <c r="B40" s="212"/>
       <c r="C40" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="D40" s="220" t="s">
+      <c r="D40" s="213" t="s">
         <v>50</v>
       </c>
-      <c r="E40" s="220"/>
-[...3 lines deleted...]
-      <c r="I40" s="221"/>
+      <c r="E40" s="213"/>
+      <c r="F40" s="213"/>
+      <c r="G40" s="213"/>
+      <c r="H40" s="213"/>
+      <c r="I40" s="214"/>
     </row>
     <row r="41" spans="1:9">
-      <c r="A41" s="219"/>
-      <c r="B41" s="219"/>
+      <c r="A41" s="212"/>
+      <c r="B41" s="212"/>
       <c r="C41" s="32" t="s">
         <v>51</v>
       </c>
-      <c r="D41" s="212" t="s">
+      <c r="D41" s="215" t="s">
         <v>52</v>
       </c>
-      <c r="E41" s="212"/>
-[...3 lines deleted...]
-      <c r="I41" s="222"/>
+      <c r="E41" s="215"/>
+      <c r="F41" s="215"/>
+      <c r="G41" s="215"/>
+      <c r="H41" s="215"/>
+      <c r="I41" s="216"/>
     </row>
     <row r="42" spans="1:9">
-      <c r="A42" s="219"/>
-      <c r="B42" s="219"/>
+      <c r="A42" s="212"/>
+      <c r="B42" s="212"/>
       <c r="C42" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="D42" s="223" t="s">
+      <c r="D42" s="217" t="s">
         <v>54</v>
       </c>
-      <c r="E42" s="223"/>
-[...3 lines deleted...]
-      <c r="I42" s="224"/>
+      <c r="E42" s="217"/>
+      <c r="F42" s="217"/>
+      <c r="G42" s="217"/>
+      <c r="H42" s="217"/>
+      <c r="I42" s="218"/>
     </row>
     <row r="43" spans="1:9">
-      <c r="A43" s="219"/>
-      <c r="B43" s="219"/>
+      <c r="A43" s="212"/>
+      <c r="B43" s="212"/>
       <c r="C43" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="D43" s="225" t="s">
+      <c r="D43" s="219" t="s">
         <v>56</v>
       </c>
-      <c r="E43" s="225"/>
-[...3 lines deleted...]
-      <c r="I43" s="226"/>
+      <c r="E43" s="219"/>
+      <c r="F43" s="219"/>
+      <c r="G43" s="219"/>
+      <c r="H43" s="219"/>
+      <c r="I43" s="220"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="25"/>
       <c r="B44" s="25"/>
       <c r="C44" s="25"/>
       <c r="D44" s="25"/>
       <c r="E44" s="25"/>
       <c r="F44" s="25"/>
       <c r="G44" s="25"/>
       <c r="H44" s="25"/>
       <c r="I44" s="25"/>
     </row>
     <row r="45" spans="1:9" ht="14.25" thickBot="1">
       <c r="A45" s="34"/>
       <c r="B45" s="34"/>
       <c r="C45" s="34"/>
       <c r="D45" s="34"/>
       <c r="E45" s="34"/>
       <c r="F45" s="34"/>
       <c r="G45" s="34"/>
       <c r="H45" s="34"/>
       <c r="I45" s="34"/>
     </row>
     <row r="46" spans="1:9">
-      <c r="A46" s="227" t="s">
+      <c r="A46" s="221" t="s">
         <v>57</v>
       </c>
-      <c r="B46" s="227"/>
-[...6 lines deleted...]
-      <c r="I46" s="227"/>
+      <c r="B46" s="221"/>
+      <c r="C46" s="221"/>
+      <c r="D46" s="221"/>
+      <c r="E46" s="221"/>
+      <c r="F46" s="221"/>
+      <c r="G46" s="221"/>
+      <c r="H46" s="221"/>
+      <c r="I46" s="221"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="25"/>
       <c r="B48" s="25"/>
       <c r="C48" s="25"/>
       <c r="D48" s="25"/>
       <c r="E48" s="25"/>
       <c r="F48" s="25"/>
       <c r="G48" s="25"/>
       <c r="H48" s="25"/>
     </row>
     <row r="49" spans="1:10" ht="20.100000000000001" customHeight="1">
       <c r="A49" s="35" t="s">
         <v>59</v>
       </c>
-      <c r="B49" s="217"/>
-      <c r="C49" s="217"/>
+      <c r="B49" s="210"/>
+      <c r="C49" s="210"/>
       <c r="D49" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="E49" s="218"/>
-[...2 lines deleted...]
-      <c r="H49" s="218"/>
+      <c r="E49" s="211"/>
+      <c r="F49" s="211"/>
+      <c r="G49" s="211"/>
+      <c r="H49" s="211"/>
       <c r="I49" s="25"/>
       <c r="J49" s="37"/>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="25"/>
       <c r="B50" s="25"/>
       <c r="C50" s="25"/>
       <c r="D50" s="25"/>
       <c r="E50" s="25"/>
       <c r="F50" s="25"/>
       <c r="G50" s="25"/>
       <c r="H50" s="25"/>
       <c r="I50" s="25"/>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="25"/>
       <c r="B51" s="25"/>
       <c r="C51" s="25"/>
       <c r="D51" s="25"/>
       <c r="E51" s="25"/>
       <c r="F51" s="25"/>
       <c r="G51" s="25"/>
       <c r="H51" s="25"/>
       <c r="I51" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A23:I27"/>
+    <mergeCell ref="A30:I33"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="C39:I39"/>
+    <mergeCell ref="A36:I36"/>
     <mergeCell ref="B49:C49"/>
     <mergeCell ref="E49:H49"/>
     <mergeCell ref="A40:B43"/>
     <mergeCell ref="D40:I40"/>
     <mergeCell ref="D41:I41"/>
     <mergeCell ref="D42:I42"/>
     <mergeCell ref="D43:I43"/>
     <mergeCell ref="A46:I46"/>
-    <mergeCell ref="A1:I1"/>
-[...5 lines deleted...]
-    <mergeCell ref="A36:I36"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="98" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>