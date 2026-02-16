--- v0 (2025-10-15)
+++ v1 (2026-02-16)
@@ -9,95 +9,95 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tsrfl011\人事G\4. 採用\1. 正職員\★応募書式雛形\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02426C02-9B38-4D71-844F-F0E6C96111E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18F1D2AF-5CBE-458F-84A3-0677524A15D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="15000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="履歴書" sheetId="1" r:id="rId1"/>
     <sheet name="別添　同意書" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'別添　同意書'!$A$1:$I$47</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'別添　同意書'!$A$1:$I$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">履歴書!$A$3:$AH$68</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I2" i="1" l="1"/>
   <c r="H2" i="1"/>
   <c r="G2" i="1"/>
   <c r="F2" i="1"/>
   <c r="E2" i="1"/>
   <c r="D2" i="1"/>
   <c r="C2" i="1"/>
   <c r="B2" i="1"/>
   <c r="A2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="92">
   <si>
     <t>当協会使用欄</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>№</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>一般財団法人　海外産業人材育成協会</t>
     <rPh sb="0" eb="2">
       <t>イッパン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ザイダン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カイガイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>サンギョウ</t>
     </rPh>
@@ -463,56 +463,50 @@
   <si>
     <t>当協会は、ご提供いただいた個人情報を第三者に提供しません。</t>
   </si>
   <si>
     <t>３．個人情報の委託</t>
   </si>
   <si>
     <t>当協会は、採用業務に関する個人情報の取扱いを他の事業者に委託しません。</t>
   </si>
   <si>
     <t>４．個人情報の安全管理</t>
   </si>
   <si>
     <t>個人情報の漏洩等がなされないよう、適切に安全管理対策を実施します。</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>５．個人情報の任意性</t>
   </si>
   <si>
     <t>当協会に個人情報を提供いただくことは、ご本人様の任意のご意思によります。
 ただし、ご本人様が個人情報の提供を拒否された場合は、上記１．個人情報の取得・利用目的 に記載の業務に支障をきたし、採用選考の対象外となる場合がございますのでご了承ください。
 また、これによりご本人様が被った損害（逸失利益を含む）、不利益等について、当協会は何らの賠償責任等を負いません。</t>
   </si>
   <si>
-    <t>６．開示等の受付・窓口</t>
-[...4 lines deleted...]
-  <si>
     <t>【問合せ窓口】</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>窓口の名称</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>個人情報お問い合わせ窓口</t>
   </si>
   <si>
     <t>連絡先</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>お問い合わせ窓口担当：</t>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>総務・人事グループ長</t>
   </si>
   <si>
     <t>住所　　　　　　　　：</t>
     <phoneticPr fontId="23"/>
   </si>
@@ -722,54 +716,50 @@
     </rPh>
     <rPh sb="2" eb="4">
       <t>カイガイ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>キョウリョクタイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>キコク</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>タイイン</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ム</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キュウジン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>バイタイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>AirWork</t>
-[...2 lines deleted...]
-  <si>
     <t>氏名</t>
     <rPh sb="0" eb="2">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>フリガナ</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>生年月日</t>
     <rPh sb="0" eb="4">
       <t>セイネンガッピ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>現住所</t>
     <rPh sb="0" eb="3">
       <t>ゲンジュウショジュウショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -813,59 +803,74 @@
       </rPr>
       <t xml:space="preserve">(JICAPARTNER) </t>
     </r>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>賞罰（なしの場合は「なし」と記入）</t>
     <rPh sb="0" eb="2">
       <t>ショウバツ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>バアイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>健康状態</t>
     <rPh sb="0" eb="4">
       <t>ケンコウジョウタイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>ご提供いただく個人情報は正確かつ真実であることの必要性を理解し、記載事項と事実に相違が生じた場合には内定後、採用後を問わず当協会が無条件に雇用契約を解除することに同意します。
+また、当協会が採用選考のため、ご本人様の過去の勤務先に対して、在籍歴の有無、在籍期間、契約形態、地位・職位・役職、退職理由の詳細、賞罰の有無等について問い合わせ・照会を行い、その回答を取得する場合があることについて同意します。（ただし、現に勤務している勤務先は除く。）</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>６．開示等の受付・窓口</t>
+  </si>
+  <si>
+    <t>ご提供いただいた保有個人データについては、開示等（利用目的の通知、開示、内容の訂正・追加または削除、利用停止、消去および第三者提供の停止、第三者への提供記録の開示）のご請求ができます。お申し出は、以下の窓口にて受付けます。また、個々の選考・評価結果に関する情報の開示には応じかねますので予めご了承願います。</t>
+  </si>
+  <si>
+    <t>７．ご提供いただく個人情報の正確性等の確保及び当協会からこれまでの勤務先等への確認（重要）</t>
+    <phoneticPr fontId="2"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
-  <fonts count="28">
+  <fonts count="29">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <color indexed="23"/>
       <name val="ＭＳ Ｐゴシック"/>
@@ -1017,50 +1022,56 @@
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="ＭＳ 明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1559,51 +1570,51 @@
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="227">
+  <cellXfs count="228">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -1654,50 +1665,71 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="1" applyBorder="1" applyAlignment="1">
@@ -1717,168 +1749,284 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="40" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="35" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="40" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="32" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="35" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="43" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1887,57 +2035,51 @@
     <xf numFmtId="0" fontId="9" fillId="3" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="15" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="176" fontId="16" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
@@ -1958,276 +2100,148 @@
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="26" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="33" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="43" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="36" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="25" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="40" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...95 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...37 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="ハイパーリンク" xfId="2" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2515,57 +2529,57 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1300" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Verdana"/>
               <a:cs typeface="Verdana"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>198120</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>91440</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>441960</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>60960</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="テキスト ボックス 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF969F57-6AED-4CEA-937C-91EC79B167D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7027545" y="7635240"/>
           <a:ext cx="3177540" cy="1350645"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
@@ -2904,52 +2918,52 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aots.jp/privacy-policy/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AW68"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A15" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="BA20" sqref="BA20"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AR52" sqref="AR52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="13.5" outlineLevelRow="1" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="1" width="2.75" style="1" customWidth="1"/>
     <col min="2" max="18" width="2.625" style="1" customWidth="1"/>
     <col min="19" max="19" width="2.875" style="1" customWidth="1"/>
     <col min="20" max="33" width="2.625" style="1" customWidth="1"/>
     <col min="34" max="34" width="2.375" style="1" customWidth="1"/>
     <col min="35" max="35" width="2.625" style="1" customWidth="1"/>
     <col min="36" max="36" width="2.625" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="37" max="37" width="2.625" style="1" customWidth="1" collapsed="1"/>
     <col min="38" max="38" width="2.625" style="1" customWidth="1"/>
     <col min="39" max="256" width="2.625" style="1"/>
     <col min="257" max="257" width="2.75" style="1" customWidth="1"/>
     <col min="258" max="294" width="2.625" style="1" customWidth="1"/>
     <col min="295" max="512" width="2.625" style="1"/>
     <col min="513" max="513" width="2.75" style="1" customWidth="1"/>
     <col min="514" max="550" width="2.625" style="1" customWidth="1"/>
     <col min="551" max="768" width="2.625" style="1"/>
     <col min="769" max="769" width="2.75" style="1" customWidth="1"/>
     <col min="770" max="806" width="2.625" style="1" customWidth="1"/>
     <col min="807" max="1024" width="2.625" style="1"/>
     <col min="1025" max="1025" width="2.75" style="1" customWidth="1"/>
     <col min="1026" max="1062" width="2.625" style="1" customWidth="1"/>
@@ -3113,1976 +3127,1976 @@
     <col min="14593" max="14593" width="2.75" style="1" customWidth="1"/>
     <col min="14594" max="14630" width="2.625" style="1" customWidth="1"/>
     <col min="14631" max="14848" width="2.625" style="1"/>
     <col min="14849" max="14849" width="2.75" style="1" customWidth="1"/>
     <col min="14850" max="14886" width="2.625" style="1" customWidth="1"/>
     <col min="14887" max="15104" width="2.625" style="1"/>
     <col min="15105" max="15105" width="2.75" style="1" customWidth="1"/>
     <col min="15106" max="15142" width="2.625" style="1" customWidth="1"/>
     <col min="15143" max="15360" width="2.625" style="1"/>
     <col min="15361" max="15361" width="2.75" style="1" customWidth="1"/>
     <col min="15362" max="15398" width="2.625" style="1" customWidth="1"/>
     <col min="15399" max="15616" width="2.625" style="1"/>
     <col min="15617" max="15617" width="2.75" style="1" customWidth="1"/>
     <col min="15618" max="15654" width="2.625" style="1" customWidth="1"/>
     <col min="15655" max="15872" width="2.625" style="1"/>
     <col min="15873" max="15873" width="2.75" style="1" customWidth="1"/>
     <col min="15874" max="15910" width="2.625" style="1" customWidth="1"/>
     <col min="15911" max="16128" width="2.625" style="1"/>
     <col min="16129" max="16129" width="2.75" style="1" customWidth="1"/>
     <col min="16130" max="16166" width="2.625" style="1" customWidth="1"/>
     <col min="16167" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" hidden="1" outlineLevel="1">
       <c r="A1" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="E1" s="43" t="s">
         <v>81</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E1" s="43" t="s">
+      <c r="H1" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="F1" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I1" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:36" hidden="1" outlineLevel="1">
       <c r="A2" s="1">
         <f>M10</f>
         <v>0</v>
       </c>
       <c r="B2" s="1">
         <f>M9</f>
         <v>0</v>
       </c>
       <c r="C2" s="42">
         <f>M14</f>
         <v>0</v>
       </c>
       <c r="D2" s="1" t="str">
         <f>D19</f>
         <v>〒</v>
       </c>
       <c r="E2" s="43">
         <f>AC20</f>
         <v>0</v>
       </c>
       <c r="F2" s="43">
         <f>Z22</f>
         <v>0</v>
       </c>
       <c r="G2" s="1">
         <f>F24</f>
         <v>0</v>
       </c>
       <c r="H2" s="1">
         <f>Q24</f>
         <v>0</v>
       </c>
       <c r="I2" s="43">
         <f>AB24</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:36" ht="12.75" customHeight="1" collapsed="1">
       <c r="T3" s="2"/>
       <c r="U3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="V3" s="4"/>
       <c r="W3" s="4"/>
       <c r="X3" s="5"/>
-      <c r="Y3" s="65" t="s">
+      <c r="Y3" s="195" t="s">
         <v>1</v>
       </c>
-      <c r="Z3" s="66"/>
-[...9 lines deleted...]
-      <c r="AH3" s="75"/>
+      <c r="Z3" s="196"/>
+      <c r="AA3" s="199" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB3" s="200"/>
+      <c r="AC3" s="200"/>
+      <c r="AD3" s="201"/>
+      <c r="AE3" s="205"/>
+      <c r="AF3" s="205"/>
+      <c r="AG3" s="205"/>
+      <c r="AH3" s="205"/>
     </row>
     <row r="4" spans="1:36">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="X4" s="5"/>
-      <c r="Y4" s="67"/>
-[...8 lines deleted...]
-      <c r="AH4" s="76"/>
+      <c r="Y4" s="197"/>
+      <c r="Z4" s="198"/>
+      <c r="AA4" s="202"/>
+      <c r="AB4" s="203"/>
+      <c r="AC4" s="203"/>
+      <c r="AD4" s="204"/>
+      <c r="AE4" s="206"/>
+      <c r="AF4" s="206"/>
+      <c r="AG4" s="206"/>
+      <c r="AH4" s="206"/>
     </row>
     <row r="5" spans="1:36" ht="10.5" customHeight="1">
-      <c r="X5" s="77"/>
-[...9 lines deleted...]
-      <c r="AH5" s="77"/>
+      <c r="X5" s="207"/>
+      <c r="Y5" s="207"/>
+      <c r="Z5" s="207"/>
+      <c r="AA5" s="207"/>
+      <c r="AB5" s="207"/>
+      <c r="AC5" s="207"/>
+      <c r="AD5" s="207"/>
+      <c r="AE5" s="207"/>
+      <c r="AF5" s="207"/>
+      <c r="AG5" s="207"/>
+      <c r="AH5" s="207"/>
       <c r="AJ5" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:36">
       <c r="A6" s="7" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="8"/>
       <c r="AB6" s="8"/>
       <c r="AJ6" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:36" ht="10.5" customHeight="1">
       <c r="I7" s="9"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7" s="10"/>
       <c r="O7" s="10"/>
       <c r="P7" s="10"/>
       <c r="Q7" s="10"/>
       <c r="R7" s="10"/>
       <c r="S7" s="10"/>
       <c r="T7" s="10"/>
       <c r="U7" s="10"/>
       <c r="V7" s="10"/>
       <c r="W7" s="10"/>
       <c r="X7" s="10"/>
       <c r="Y7" s="10"/>
       <c r="Z7" s="10"/>
       <c r="AA7" s="10"/>
       <c r="AB7" s="10"/>
       <c r="AC7" s="10"/>
       <c r="AD7" s="10"/>
       <c r="AE7" s="10"/>
       <c r="AF7" s="10"/>
       <c r="AG7" s="10"/>
       <c r="AJ7" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:36" ht="14.25" customHeight="1">
-      <c r="B8" s="99" t="s">
+      <c r="B8" s="147" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="100"/>
-[...4 lines deleted...]
-      <c r="W8" s="108" t="s">
+      <c r="C8" s="148"/>
+      <c r="D8" s="148"/>
+      <c r="E8" s="148"/>
+      <c r="F8" s="148"/>
+      <c r="G8" s="149"/>
+      <c r="W8" s="155" t="s">
         <v>29</v>
       </c>
-      <c r="X8" s="109"/>
-[...9 lines deleted...]
-      <c r="AH8" s="109"/>
+      <c r="X8" s="156"/>
+      <c r="Y8" s="156"/>
+      <c r="Z8" s="156"/>
+      <c r="AA8" s="156"/>
+      <c r="AB8" s="156"/>
+      <c r="AC8" s="156"/>
+      <c r="AD8" s="156"/>
+      <c r="AE8" s="156"/>
+      <c r="AF8" s="156"/>
+      <c r="AG8" s="156"/>
+      <c r="AH8" s="156"/>
       <c r="AJ8" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:36" ht="15" customHeight="1">
-      <c r="B9" s="102"/>
-[...5 lines deleted...]
-      <c r="I9" s="110" t="s">
+      <c r="B9" s="150"/>
+      <c r="C9" s="151"/>
+      <c r="D9" s="151"/>
+      <c r="E9" s="151"/>
+      <c r="F9" s="151"/>
+      <c r="G9" s="152"/>
+      <c r="I9" s="157" t="s">
         <v>3</v>
       </c>
-      <c r="J9" s="111"/>
-[...23 lines deleted...]
-      <c r="AH9" s="80"/>
+      <c r="J9" s="158"/>
+      <c r="K9" s="158"/>
+      <c r="L9" s="159"/>
+      <c r="M9" s="208"/>
+      <c r="N9" s="209"/>
+      <c r="O9" s="209"/>
+      <c r="P9" s="209"/>
+      <c r="Q9" s="209"/>
+      <c r="R9" s="209"/>
+      <c r="S9" s="209"/>
+      <c r="T9" s="209"/>
+      <c r="U9" s="209"/>
+      <c r="V9" s="209"/>
+      <c r="W9" s="209"/>
+      <c r="X9" s="209"/>
+      <c r="Y9" s="209"/>
+      <c r="Z9" s="209"/>
+      <c r="AA9" s="209"/>
+      <c r="AB9" s="209"/>
+      <c r="AC9" s="209"/>
+      <c r="AD9" s="209"/>
+      <c r="AE9" s="209"/>
+      <c r="AF9" s="209"/>
+      <c r="AG9" s="209"/>
+      <c r="AH9" s="210"/>
     </row>
     <row r="10" spans="1:36" ht="17.25" customHeight="1">
-      <c r="B10" s="102"/>
-[...5 lines deleted...]
-      <c r="I10" s="113" t="s">
+      <c r="B10" s="150"/>
+      <c r="C10" s="151"/>
+      <c r="D10" s="151"/>
+      <c r="E10" s="151"/>
+      <c r="F10" s="151"/>
+      <c r="G10" s="152"/>
+      <c r="I10" s="160" t="s">
         <v>4</v>
       </c>
-      <c r="J10" s="114"/>
-[...23 lines deleted...]
-      <c r="AH10" s="134"/>
+      <c r="J10" s="161"/>
+      <c r="K10" s="161"/>
+      <c r="L10" s="162"/>
+      <c r="M10" s="177"/>
+      <c r="N10" s="178"/>
+      <c r="O10" s="178"/>
+      <c r="P10" s="178"/>
+      <c r="Q10" s="178"/>
+      <c r="R10" s="178"/>
+      <c r="S10" s="178"/>
+      <c r="T10" s="178"/>
+      <c r="U10" s="178"/>
+      <c r="V10" s="178"/>
+      <c r="W10" s="178"/>
+      <c r="X10" s="178"/>
+      <c r="Y10" s="178"/>
+      <c r="Z10" s="178"/>
+      <c r="AA10" s="178"/>
+      <c r="AB10" s="178"/>
+      <c r="AC10" s="178"/>
+      <c r="AD10" s="178"/>
+      <c r="AE10" s="178"/>
+      <c r="AF10" s="178"/>
+      <c r="AG10" s="178"/>
+      <c r="AH10" s="179"/>
     </row>
     <row r="11" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B11" s="102"/>
-[...30 lines deleted...]
-      <c r="AH11" s="137"/>
+      <c r="B11" s="150"/>
+      <c r="C11" s="151"/>
+      <c r="D11" s="151"/>
+      <c r="E11" s="151"/>
+      <c r="F11" s="151"/>
+      <c r="G11" s="152"/>
+      <c r="I11" s="163"/>
+      <c r="J11" s="164"/>
+      <c r="K11" s="164"/>
+      <c r="L11" s="165"/>
+      <c r="M11" s="180"/>
+      <c r="N11" s="181"/>
+      <c r="O11" s="181"/>
+      <c r="P11" s="181"/>
+      <c r="Q11" s="181"/>
+      <c r="R11" s="181"/>
+      <c r="S11" s="181"/>
+      <c r="T11" s="181"/>
+      <c r="U11" s="181"/>
+      <c r="V11" s="181"/>
+      <c r="W11" s="181"/>
+      <c r="X11" s="181"/>
+      <c r="Y11" s="181"/>
+      <c r="Z11" s="181"/>
+      <c r="AA11" s="181"/>
+      <c r="AB11" s="181"/>
+      <c r="AC11" s="181"/>
+      <c r="AD11" s="181"/>
+      <c r="AE11" s="181"/>
+      <c r="AF11" s="181"/>
+      <c r="AG11" s="181"/>
+      <c r="AH11" s="182"/>
     </row>
     <row r="12" spans="1:36" ht="14.25" customHeight="1">
-      <c r="B12" s="102"/>
-[...30 lines deleted...]
-      <c r="AH12" s="137"/>
+      <c r="B12" s="150"/>
+      <c r="C12" s="151"/>
+      <c r="D12" s="151"/>
+      <c r="E12" s="151"/>
+      <c r="F12" s="151"/>
+      <c r="G12" s="152"/>
+      <c r="I12" s="163"/>
+      <c r="J12" s="164"/>
+      <c r="K12" s="164"/>
+      <c r="L12" s="165"/>
+      <c r="M12" s="180"/>
+      <c r="N12" s="181"/>
+      <c r="O12" s="181"/>
+      <c r="P12" s="181"/>
+      <c r="Q12" s="181"/>
+      <c r="R12" s="181"/>
+      <c r="S12" s="181"/>
+      <c r="T12" s="181"/>
+      <c r="U12" s="181"/>
+      <c r="V12" s="181"/>
+      <c r="W12" s="181"/>
+      <c r="X12" s="181"/>
+      <c r="Y12" s="181"/>
+      <c r="Z12" s="181"/>
+      <c r="AA12" s="181"/>
+      <c r="AB12" s="181"/>
+      <c r="AC12" s="181"/>
+      <c r="AD12" s="181"/>
+      <c r="AE12" s="181"/>
+      <c r="AF12" s="181"/>
+      <c r="AG12" s="181"/>
+      <c r="AH12" s="182"/>
     </row>
     <row r="13" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B13" s="102"/>
-[...30 lines deleted...]
-      <c r="AH13" s="140"/>
+      <c r="B13" s="150"/>
+      <c r="C13" s="151"/>
+      <c r="D13" s="151"/>
+      <c r="E13" s="151"/>
+      <c r="F13" s="151"/>
+      <c r="G13" s="152"/>
+      <c r="I13" s="163"/>
+      <c r="J13" s="164"/>
+      <c r="K13" s="164"/>
+      <c r="L13" s="165"/>
+      <c r="M13" s="183"/>
+      <c r="N13" s="184"/>
+      <c r="O13" s="184"/>
+      <c r="P13" s="184"/>
+      <c r="Q13" s="184"/>
+      <c r="R13" s="184"/>
+      <c r="S13" s="184"/>
+      <c r="T13" s="184"/>
+      <c r="U13" s="184"/>
+      <c r="V13" s="184"/>
+      <c r="W13" s="184"/>
+      <c r="X13" s="184"/>
+      <c r="Y13" s="184"/>
+      <c r="Z13" s="184"/>
+      <c r="AA13" s="184"/>
+      <c r="AB13" s="184"/>
+      <c r="AC13" s="184"/>
+      <c r="AD13" s="184"/>
+      <c r="AE13" s="184"/>
+      <c r="AF13" s="184"/>
+      <c r="AG13" s="184"/>
+      <c r="AH13" s="185"/>
     </row>
     <row r="14" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B14" s="102"/>
-[...5 lines deleted...]
-      <c r="I14" s="141" t="s">
+      <c r="B14" s="150"/>
+      <c r="C14" s="151"/>
+      <c r="D14" s="151"/>
+      <c r="E14" s="151"/>
+      <c r="F14" s="151"/>
+      <c r="G14" s="152"/>
+      <c r="I14" s="186" t="s">
         <v>5</v>
       </c>
-      <c r="J14" s="142"/>
-[...18 lines deleted...]
-      <c r="AC14" s="125" t="s">
+      <c r="J14" s="187"/>
+      <c r="K14" s="187"/>
+      <c r="L14" s="188"/>
+      <c r="M14" s="166"/>
+      <c r="N14" s="167"/>
+      <c r="O14" s="167"/>
+      <c r="P14" s="167"/>
+      <c r="Q14" s="167"/>
+      <c r="R14" s="167"/>
+      <c r="S14" s="167"/>
+      <c r="T14" s="167"/>
+      <c r="U14" s="167"/>
+      <c r="V14" s="167"/>
+      <c r="W14" s="167"/>
+      <c r="X14" s="167"/>
+      <c r="Y14" s="167"/>
+      <c r="Z14" s="167"/>
+      <c r="AA14" s="167"/>
+      <c r="AB14" s="167"/>
+      <c r="AC14" s="130" t="s">
         <v>19</v>
       </c>
-      <c r="AD14" s="125"/>
-[...2 lines deleted...]
-      <c r="AG14" s="125" t="s">
+      <c r="AD14" s="130"/>
+      <c r="AE14" s="174"/>
+      <c r="AF14" s="174"/>
+      <c r="AG14" s="130" t="s">
         <v>20</v>
       </c>
-      <c r="AH14" s="127"/>
+      <c r="AH14" s="133"/>
     </row>
     <row r="15" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B15" s="102"/>
-[...30 lines deleted...]
-      <c r="AH15" s="64"/>
+      <c r="B15" s="150"/>
+      <c r="C15" s="151"/>
+      <c r="D15" s="151"/>
+      <c r="E15" s="151"/>
+      <c r="F15" s="151"/>
+      <c r="G15" s="152"/>
+      <c r="I15" s="163"/>
+      <c r="J15" s="164"/>
+      <c r="K15" s="164"/>
+      <c r="L15" s="165"/>
+      <c r="M15" s="168"/>
+      <c r="N15" s="169"/>
+      <c r="O15" s="169"/>
+      <c r="P15" s="169"/>
+      <c r="Q15" s="169"/>
+      <c r="R15" s="169"/>
+      <c r="S15" s="169"/>
+      <c r="T15" s="169"/>
+      <c r="U15" s="169"/>
+      <c r="V15" s="169"/>
+      <c r="W15" s="169"/>
+      <c r="X15" s="169"/>
+      <c r="Y15" s="169"/>
+      <c r="Z15" s="169"/>
+      <c r="AA15" s="169"/>
+      <c r="AB15" s="169"/>
+      <c r="AC15" s="68"/>
+      <c r="AD15" s="68"/>
+      <c r="AE15" s="175"/>
+      <c r="AF15" s="175"/>
+      <c r="AG15" s="68"/>
+      <c r="AH15" s="71"/>
     </row>
     <row r="16" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B16" s="105"/>
-[...30 lines deleted...]
-      <c r="AH16" s="128"/>
+      <c r="B16" s="153"/>
+      <c r="C16" s="49"/>
+      <c r="D16" s="49"/>
+      <c r="E16" s="49"/>
+      <c r="F16" s="49"/>
+      <c r="G16" s="154"/>
+      <c r="I16" s="189"/>
+      <c r="J16" s="190"/>
+      <c r="K16" s="190"/>
+      <c r="L16" s="191"/>
+      <c r="M16" s="170"/>
+      <c r="N16" s="171"/>
+      <c r="O16" s="171"/>
+      <c r="P16" s="171"/>
+      <c r="Q16" s="171"/>
+      <c r="R16" s="171"/>
+      <c r="S16" s="171"/>
+      <c r="T16" s="171"/>
+      <c r="U16" s="171"/>
+      <c r="V16" s="171"/>
+      <c r="W16" s="171"/>
+      <c r="X16" s="171"/>
+      <c r="Y16" s="171"/>
+      <c r="Z16" s="171"/>
+      <c r="AA16" s="171"/>
+      <c r="AB16" s="171"/>
+      <c r="AC16" s="172"/>
+      <c r="AD16" s="172"/>
+      <c r="AE16" s="176"/>
+      <c r="AF16" s="176"/>
+      <c r="AG16" s="172"/>
+      <c r="AH16" s="173"/>
     </row>
     <row r="17" spans="1:34" ht="8.25" customHeight="1"/>
     <row r="18" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A18" s="81" t="s">
+      <c r="A18" s="134" t="s">
         <v>6</v>
       </c>
-      <c r="B18" s="82"/>
-[...23 lines deleted...]
-      <c r="Z18" s="172" t="s">
+      <c r="B18" s="135"/>
+      <c r="C18" s="136"/>
+      <c r="D18" s="192"/>
+      <c r="E18" s="193"/>
+      <c r="F18" s="193"/>
+      <c r="G18" s="193"/>
+      <c r="H18" s="193"/>
+      <c r="I18" s="193"/>
+      <c r="J18" s="193"/>
+      <c r="K18" s="193"/>
+      <c r="L18" s="193"/>
+      <c r="M18" s="193"/>
+      <c r="N18" s="193"/>
+      <c r="O18" s="193"/>
+      <c r="P18" s="193"/>
+      <c r="Q18" s="193"/>
+      <c r="R18" s="193"/>
+      <c r="S18" s="193"/>
+      <c r="T18" s="193"/>
+      <c r="U18" s="193"/>
+      <c r="V18" s="193"/>
+      <c r="W18" s="193"/>
+      <c r="X18" s="193"/>
+      <c r="Y18" s="194"/>
+      <c r="Z18" s="100" t="s">
         <v>23</v>
       </c>
-      <c r="AA18" s="173"/>
-[...6 lines deleted...]
-      <c r="AH18" s="174"/>
+      <c r="AA18" s="101"/>
+      <c r="AB18" s="101"/>
+      <c r="AC18" s="101"/>
+      <c r="AD18" s="101"/>
+      <c r="AE18" s="101"/>
+      <c r="AF18" s="101"/>
+      <c r="AG18" s="101"/>
+      <c r="AH18" s="102"/>
     </row>
     <row r="19" spans="1:34">
-      <c r="A19" s="150" t="s">
+      <c r="A19" s="111" t="s">
         <v>7</v>
       </c>
-      <c r="B19" s="151"/>
-[...1 lines deleted...]
-      <c r="D19" s="156" t="s">
+      <c r="B19" s="112"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="117" t="s">
         <v>8</v>
       </c>
-      <c r="E19" s="94"/>
-[...19 lines deleted...]
-      <c r="Y19" s="95"/>
+      <c r="E19" s="118"/>
+      <c r="F19" s="118"/>
+      <c r="G19" s="118"/>
+      <c r="H19" s="118"/>
+      <c r="I19" s="118"/>
+      <c r="J19" s="118"/>
+      <c r="K19" s="118"/>
+      <c r="L19" s="118"/>
+      <c r="M19" s="118"/>
+      <c r="N19" s="118"/>
+      <c r="O19" s="118"/>
+      <c r="P19" s="118"/>
+      <c r="Q19" s="118"/>
+      <c r="R19" s="118"/>
+      <c r="S19" s="118"/>
+      <c r="T19" s="118"/>
+      <c r="U19" s="118"/>
+      <c r="V19" s="118"/>
+      <c r="W19" s="118"/>
+      <c r="X19" s="118"/>
+      <c r="Y19" s="119"/>
       <c r="Z19" s="11" t="s">
         <v>24</v>
       </c>
       <c r="AA19" s="12"/>
       <c r="AB19" s="12"/>
-      <c r="AC19" s="181"/>
-[...4 lines deleted...]
-      <c r="AH19" s="182"/>
+      <c r="AC19" s="109"/>
+      <c r="AD19" s="109"/>
+      <c r="AE19" s="109"/>
+      <c r="AF19" s="109"/>
+      <c r="AG19" s="109"/>
+      <c r="AH19" s="110"/>
     </row>
     <row r="20" spans="1:34" ht="30" customHeight="1">
-      <c r="A20" s="153"/>
-[...23 lines deleted...]
-      <c r="Y20" s="98"/>
+      <c r="A20" s="114"/>
+      <c r="B20" s="115"/>
+      <c r="C20" s="116"/>
+      <c r="D20" s="120"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
+      <c r="I20" s="121"/>
+      <c r="J20" s="121"/>
+      <c r="K20" s="121"/>
+      <c r="L20" s="121"/>
+      <c r="M20" s="121"/>
+      <c r="N20" s="121"/>
+      <c r="O20" s="121"/>
+      <c r="P20" s="121"/>
+      <c r="Q20" s="121"/>
+      <c r="R20" s="121"/>
+      <c r="S20" s="121"/>
+      <c r="T20" s="121"/>
+      <c r="U20" s="121"/>
+      <c r="V20" s="121"/>
+      <c r="W20" s="121"/>
+      <c r="X20" s="121"/>
+      <c r="Y20" s="122"/>
       <c r="Z20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="AA20" s="14"/>
       <c r="AB20" s="14"/>
-      <c r="AC20" s="179"/>
-[...4 lines deleted...]
-      <c r="AH20" s="180"/>
+      <c r="AC20" s="107"/>
+      <c r="AD20" s="107"/>
+      <c r="AE20" s="107"/>
+      <c r="AF20" s="107"/>
+      <c r="AG20" s="107"/>
+      <c r="AH20" s="108"/>
     </row>
     <row r="21" spans="1:34" ht="13.5" customHeight="1">
-      <c r="A21" s="81" t="s">
+      <c r="A21" s="134" t="s">
         <v>6</v>
       </c>
-      <c r="B21" s="82"/>
-[...23 lines deleted...]
-      <c r="Z21" s="172" t="s">
+      <c r="B21" s="135"/>
+      <c r="C21" s="136"/>
+      <c r="D21" s="137"/>
+      <c r="E21" s="138"/>
+      <c r="F21" s="138"/>
+      <c r="G21" s="138"/>
+      <c r="H21" s="138"/>
+      <c r="I21" s="138"/>
+      <c r="J21" s="138"/>
+      <c r="K21" s="138"/>
+      <c r="L21" s="138"/>
+      <c r="M21" s="138"/>
+      <c r="N21" s="138"/>
+      <c r="O21" s="138"/>
+      <c r="P21" s="138"/>
+      <c r="Q21" s="138"/>
+      <c r="R21" s="138"/>
+      <c r="S21" s="138"/>
+      <c r="T21" s="138"/>
+      <c r="U21" s="138"/>
+      <c r="V21" s="138"/>
+      <c r="W21" s="138"/>
+      <c r="X21" s="138"/>
+      <c r="Y21" s="139"/>
+      <c r="Z21" s="100" t="s">
         <v>9</v>
       </c>
-      <c r="AA21" s="173"/>
-[...6 lines deleted...]
-      <c r="AH21" s="174"/>
+      <c r="AA21" s="101"/>
+      <c r="AB21" s="101"/>
+      <c r="AC21" s="101"/>
+      <c r="AD21" s="101"/>
+      <c r="AE21" s="101"/>
+      <c r="AF21" s="101"/>
+      <c r="AG21" s="101"/>
+      <c r="AH21" s="102"/>
     </row>
     <row r="22" spans="1:34">
-      <c r="A22" s="87" t="s">
+      <c r="A22" s="140" t="s">
         <v>10</v>
       </c>
-      <c r="B22" s="88"/>
-[...1 lines deleted...]
-      <c r="D22" s="93" t="s">
+      <c r="B22" s="141"/>
+      <c r="C22" s="142"/>
+      <c r="D22" s="146" t="s">
         <v>11</v>
       </c>
-      <c r="E22" s="94"/>
-[...28 lines deleted...]
-      <c r="AH22" s="177"/>
+      <c r="E22" s="118"/>
+      <c r="F22" s="118"/>
+      <c r="G22" s="118"/>
+      <c r="H22" s="118"/>
+      <c r="I22" s="118"/>
+      <c r="J22" s="118"/>
+      <c r="K22" s="118"/>
+      <c r="L22" s="118"/>
+      <c r="M22" s="118"/>
+      <c r="N22" s="118"/>
+      <c r="O22" s="118"/>
+      <c r="P22" s="118"/>
+      <c r="Q22" s="118"/>
+      <c r="R22" s="118"/>
+      <c r="S22" s="118"/>
+      <c r="T22" s="118"/>
+      <c r="U22" s="118"/>
+      <c r="V22" s="118"/>
+      <c r="W22" s="118"/>
+      <c r="X22" s="118"/>
+      <c r="Y22" s="119"/>
+      <c r="Z22" s="103"/>
+      <c r="AA22" s="104"/>
+      <c r="AB22" s="104"/>
+      <c r="AC22" s="104"/>
+      <c r="AD22" s="104"/>
+      <c r="AE22" s="104"/>
+      <c r="AF22" s="104"/>
+      <c r="AG22" s="104"/>
+      <c r="AH22" s="105"/>
     </row>
     <row r="23" spans="1:34" ht="28.5" customHeight="1">
-      <c r="A23" s="90"/>
-[...32 lines deleted...]
-      <c r="AH23" s="180"/>
+      <c r="A23" s="143"/>
+      <c r="B23" s="144"/>
+      <c r="C23" s="145"/>
+      <c r="D23" s="120"/>
+      <c r="E23" s="121"/>
+      <c r="F23" s="121"/>
+      <c r="G23" s="121"/>
+      <c r="H23" s="121"/>
+      <c r="I23" s="121"/>
+      <c r="J23" s="121"/>
+      <c r="K23" s="121"/>
+      <c r="L23" s="121"/>
+      <c r="M23" s="121"/>
+      <c r="N23" s="121"/>
+      <c r="O23" s="121"/>
+      <c r="P23" s="121"/>
+      <c r="Q23" s="121"/>
+      <c r="R23" s="121"/>
+      <c r="S23" s="121"/>
+      <c r="T23" s="121"/>
+      <c r="U23" s="121"/>
+      <c r="V23" s="121"/>
+      <c r="W23" s="121"/>
+      <c r="X23" s="121"/>
+      <c r="Y23" s="122"/>
+      <c r="Z23" s="106"/>
+      <c r="AA23" s="107"/>
+      <c r="AB23" s="107"/>
+      <c r="AC23" s="107"/>
+      <c r="AD23" s="107"/>
+      <c r="AE23" s="107"/>
+      <c r="AF23" s="107"/>
+      <c r="AG23" s="107"/>
+      <c r="AH23" s="108"/>
     </row>
     <row r="24" spans="1:34" ht="28.5" customHeight="1">
-      <c r="A24" s="167" t="s">
+      <c r="A24" s="127" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="127"/>
+      <c r="C24" s="127"/>
+      <c r="D24" s="127"/>
+      <c r="E24" s="127"/>
+      <c r="F24" s="128"/>
+      <c r="G24" s="128"/>
+      <c r="H24" s="128"/>
+      <c r="I24" s="128"/>
+      <c r="J24" s="128"/>
+      <c r="K24" s="128"/>
+      <c r="L24" s="125" t="s">
+        <v>65</v>
+      </c>
+      <c r="M24" s="125"/>
+      <c r="N24" s="125"/>
+      <c r="O24" s="125"/>
+      <c r="P24" s="125"/>
+      <c r="Q24" s="128"/>
+      <c r="R24" s="128"/>
+      <c r="S24" s="128"/>
+      <c r="T24" s="128"/>
+      <c r="U24" s="128"/>
+      <c r="V24" s="128"/>
+      <c r="W24" s="125" t="s">
         <v>66</v>
       </c>
-      <c r="B24" s="167"/>
-[...35 lines deleted...]
-      <c r="AH24" s="166"/>
+      <c r="X24" s="125"/>
+      <c r="Y24" s="125"/>
+      <c r="Z24" s="125"/>
+      <c r="AA24" s="125"/>
+      <c r="AB24" s="126"/>
+      <c r="AC24" s="126"/>
+      <c r="AD24" s="126"/>
+      <c r="AE24" s="126"/>
+      <c r="AF24" s="126"/>
+      <c r="AG24" s="126"/>
+      <c r="AH24" s="126"/>
     </row>
     <row r="25" spans="1:34" ht="10.5" customHeight="1"/>
     <row r="26" spans="1:34" ht="18" customHeight="1">
-      <c r="A26" s="160" t="s">
+      <c r="A26" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="B26" s="161"/>
-[...1 lines deleted...]
-      <c r="D26" s="163" t="s">
+      <c r="B26" s="80"/>
+      <c r="C26" s="123"/>
+      <c r="D26" s="124" t="s">
         <v>13</v>
       </c>
-      <c r="E26" s="164"/>
-      <c r="F26" s="160" t="s">
+      <c r="E26" s="90"/>
+      <c r="F26" s="76" t="s">
         <v>14</v>
       </c>
-      <c r="G26" s="161"/>
-[...26 lines deleted...]
-      <c r="AH26" s="164"/>
+      <c r="G26" s="80"/>
+      <c r="H26" s="80"/>
+      <c r="I26" s="80"/>
+      <c r="J26" s="80"/>
+      <c r="K26" s="80"/>
+      <c r="L26" s="80"/>
+      <c r="M26" s="80"/>
+      <c r="N26" s="80"/>
+      <c r="O26" s="80"/>
+      <c r="P26" s="80"/>
+      <c r="Q26" s="80"/>
+      <c r="R26" s="80"/>
+      <c r="S26" s="80"/>
+      <c r="T26" s="80"/>
+      <c r="U26" s="80"/>
+      <c r="V26" s="80"/>
+      <c r="W26" s="80"/>
+      <c r="X26" s="80"/>
+      <c r="Y26" s="80"/>
+      <c r="Z26" s="80"/>
+      <c r="AA26" s="80"/>
+      <c r="AB26" s="80"/>
+      <c r="AC26" s="80"/>
+      <c r="AD26" s="80"/>
+      <c r="AE26" s="80"/>
+      <c r="AF26" s="80"/>
+      <c r="AG26" s="80"/>
+      <c r="AH26" s="90"/>
     </row>
     <row r="27" spans="1:34" ht="12" customHeight="1">
-      <c r="A27" s="169"/>
-[...4 lines deleted...]
-      <c r="F27" s="203" t="s">
+      <c r="A27" s="129"/>
+      <c r="B27" s="130"/>
+      <c r="C27" s="131"/>
+      <c r="D27" s="132"/>
+      <c r="E27" s="133"/>
+      <c r="F27" s="45" t="s">
         <v>15</v>
       </c>
-      <c r="G27" s="204"/>
-[...26 lines deleted...]
-      <c r="AH27" s="205"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="46"/>
+      <c r="I27" s="46"/>
+      <c r="J27" s="46"/>
+      <c r="K27" s="46"/>
+      <c r="L27" s="46"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="46"/>
+      <c r="O27" s="46"/>
+      <c r="P27" s="46"/>
+      <c r="Q27" s="46"/>
+      <c r="R27" s="46"/>
+      <c r="S27" s="46"/>
+      <c r="T27" s="46"/>
+      <c r="U27" s="46"/>
+      <c r="V27" s="46"/>
+      <c r="W27" s="46"/>
+      <c r="X27" s="46"/>
+      <c r="Y27" s="46"/>
+      <c r="Z27" s="46"/>
+      <c r="AA27" s="46"/>
+      <c r="AB27" s="46"/>
+      <c r="AC27" s="46"/>
+      <c r="AD27" s="46"/>
+      <c r="AE27" s="46"/>
+      <c r="AF27" s="46"/>
+      <c r="AG27" s="46"/>
+      <c r="AH27" s="47"/>
     </row>
     <row r="28" spans="1:34" ht="12" customHeight="1">
-      <c r="A28" s="47"/>
-[...32 lines deleted...]
-      <c r="AH28" s="207"/>
+      <c r="A28" s="54"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="56"/>
+      <c r="D28" s="59"/>
+      <c r="E28" s="60"/>
+      <c r="F28" s="48"/>
+      <c r="G28" s="49"/>
+      <c r="H28" s="49"/>
+      <c r="I28" s="49"/>
+      <c r="J28" s="49"/>
+      <c r="K28" s="49"/>
+      <c r="L28" s="49"/>
+      <c r="M28" s="49"/>
+      <c r="N28" s="49"/>
+      <c r="O28" s="49"/>
+      <c r="P28" s="49"/>
+      <c r="Q28" s="49"/>
+      <c r="R28" s="49"/>
+      <c r="S28" s="49"/>
+      <c r="T28" s="49"/>
+      <c r="U28" s="49"/>
+      <c r="V28" s="49"/>
+      <c r="W28" s="49"/>
+      <c r="X28" s="49"/>
+      <c r="Y28" s="49"/>
+      <c r="Z28" s="49"/>
+      <c r="AA28" s="49"/>
+      <c r="AB28" s="49"/>
+      <c r="AC28" s="49"/>
+      <c r="AD28" s="49"/>
+      <c r="AE28" s="49"/>
+      <c r="AF28" s="49"/>
+      <c r="AG28" s="49"/>
+      <c r="AH28" s="50"/>
     </row>
     <row r="29" spans="1:34" ht="12" customHeight="1">
-      <c r="A29" s="60"/>
-[...32 lines deleted...]
-      <c r="AH29" s="159"/>
+      <c r="A29" s="67"/>
+      <c r="B29" s="68"/>
+      <c r="C29" s="69"/>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+      <c r="F29" s="72"/>
+      <c r="G29" s="73"/>
+      <c r="H29" s="73"/>
+      <c r="I29" s="73"/>
+      <c r="J29" s="73"/>
+      <c r="K29" s="73"/>
+      <c r="L29" s="73"/>
+      <c r="M29" s="73"/>
+      <c r="N29" s="73"/>
+      <c r="O29" s="73"/>
+      <c r="P29" s="73"/>
+      <c r="Q29" s="73"/>
+      <c r="R29" s="73"/>
+      <c r="S29" s="73"/>
+      <c r="T29" s="73"/>
+      <c r="U29" s="73"/>
+      <c r="V29" s="73"/>
+      <c r="W29" s="73"/>
+      <c r="X29" s="73"/>
+      <c r="Y29" s="73"/>
+      <c r="Z29" s="73"/>
+      <c r="AA29" s="73"/>
+      <c r="AB29" s="73"/>
+      <c r="AC29" s="73"/>
+      <c r="AD29" s="73"/>
+      <c r="AE29" s="73"/>
+      <c r="AF29" s="73"/>
+      <c r="AG29" s="73"/>
+      <c r="AH29" s="74"/>
     </row>
     <row r="30" spans="1:34" ht="12" customHeight="1">
-      <c r="A30" s="60"/>
-[...32 lines deleted...]
-      <c r="AH30" s="159"/>
+      <c r="A30" s="67"/>
+      <c r="B30" s="68"/>
+      <c r="C30" s="69"/>
+      <c r="D30" s="70"/>
+      <c r="E30" s="71"/>
+      <c r="F30" s="72"/>
+      <c r="G30" s="73"/>
+      <c r="H30" s="73"/>
+      <c r="I30" s="73"/>
+      <c r="J30" s="73"/>
+      <c r="K30" s="73"/>
+      <c r="L30" s="73"/>
+      <c r="M30" s="73"/>
+      <c r="N30" s="73"/>
+      <c r="O30" s="73"/>
+      <c r="P30" s="73"/>
+      <c r="Q30" s="73"/>
+      <c r="R30" s="73"/>
+      <c r="S30" s="73"/>
+      <c r="T30" s="73"/>
+      <c r="U30" s="73"/>
+      <c r="V30" s="73"/>
+      <c r="W30" s="73"/>
+      <c r="X30" s="73"/>
+      <c r="Y30" s="73"/>
+      <c r="Z30" s="73"/>
+      <c r="AA30" s="73"/>
+      <c r="AB30" s="73"/>
+      <c r="AC30" s="73"/>
+      <c r="AD30" s="73"/>
+      <c r="AE30" s="73"/>
+      <c r="AF30" s="73"/>
+      <c r="AG30" s="73"/>
+      <c r="AH30" s="74"/>
     </row>
     <row r="31" spans="1:34" ht="12" customHeight="1">
-      <c r="A31" s="44"/>
-[...32 lines deleted...]
-      <c r="AH31" s="56"/>
+      <c r="A31" s="51"/>
+      <c r="B31" s="52"/>
+      <c r="C31" s="53"/>
+      <c r="D31" s="57"/>
+      <c r="E31" s="58"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="62"/>
+      <c r="H31" s="62"/>
+      <c r="I31" s="62"/>
+      <c r="J31" s="62"/>
+      <c r="K31" s="62"/>
+      <c r="L31" s="62"/>
+      <c r="M31" s="62"/>
+      <c r="N31" s="62"/>
+      <c r="O31" s="62"/>
+      <c r="P31" s="62"/>
+      <c r="Q31" s="62"/>
+      <c r="R31" s="62"/>
+      <c r="S31" s="62"/>
+      <c r="T31" s="62"/>
+      <c r="U31" s="62"/>
+      <c r="V31" s="62"/>
+      <c r="W31" s="62"/>
+      <c r="X31" s="62"/>
+      <c r="Y31" s="62"/>
+      <c r="Z31" s="62"/>
+      <c r="AA31" s="62"/>
+      <c r="AB31" s="62"/>
+      <c r="AC31" s="62"/>
+      <c r="AD31" s="62"/>
+      <c r="AE31" s="62"/>
+      <c r="AF31" s="62"/>
+      <c r="AG31" s="62"/>
+      <c r="AH31" s="63"/>
     </row>
     <row r="32" spans="1:34" ht="12" customHeight="1">
-      <c r="A32" s="47"/>
-[...32 lines deleted...]
-      <c r="AH32" s="59"/>
+      <c r="A32" s="54"/>
+      <c r="B32" s="55"/>
+      <c r="C32" s="56"/>
+      <c r="D32" s="59"/>
+      <c r="E32" s="60"/>
+      <c r="F32" s="64"/>
+      <c r="G32" s="65"/>
+      <c r="H32" s="65"/>
+      <c r="I32" s="65"/>
+      <c r="J32" s="65"/>
+      <c r="K32" s="65"/>
+      <c r="L32" s="65"/>
+      <c r="M32" s="65"/>
+      <c r="N32" s="65"/>
+      <c r="O32" s="65"/>
+      <c r="P32" s="65"/>
+      <c r="Q32" s="65"/>
+      <c r="R32" s="65"/>
+      <c r="S32" s="65"/>
+      <c r="T32" s="65"/>
+      <c r="U32" s="65"/>
+      <c r="V32" s="65"/>
+      <c r="W32" s="65"/>
+      <c r="X32" s="65"/>
+      <c r="Y32" s="65"/>
+      <c r="Z32" s="65"/>
+      <c r="AA32" s="65"/>
+      <c r="AB32" s="65"/>
+      <c r="AC32" s="65"/>
+      <c r="AD32" s="65"/>
+      <c r="AE32" s="65"/>
+      <c r="AF32" s="65"/>
+      <c r="AG32" s="65"/>
+      <c r="AH32" s="66"/>
     </row>
     <row r="33" spans="1:34" ht="12" customHeight="1">
-      <c r="A33" s="60"/>
-[...32 lines deleted...]
-      <c r="AH33" s="159"/>
+      <c r="A33" s="67"/>
+      <c r="B33" s="68"/>
+      <c r="C33" s="69"/>
+      <c r="D33" s="70"/>
+      <c r="E33" s="71"/>
+      <c r="F33" s="72"/>
+      <c r="G33" s="73"/>
+      <c r="H33" s="73"/>
+      <c r="I33" s="73"/>
+      <c r="J33" s="73"/>
+      <c r="K33" s="73"/>
+      <c r="L33" s="73"/>
+      <c r="M33" s="73"/>
+      <c r="N33" s="73"/>
+      <c r="O33" s="73"/>
+      <c r="P33" s="73"/>
+      <c r="Q33" s="73"/>
+      <c r="R33" s="73"/>
+      <c r="S33" s="73"/>
+      <c r="T33" s="73"/>
+      <c r="U33" s="73"/>
+      <c r="V33" s="73"/>
+      <c r="W33" s="73"/>
+      <c r="X33" s="73"/>
+      <c r="Y33" s="73"/>
+      <c r="Z33" s="73"/>
+      <c r="AA33" s="73"/>
+      <c r="AB33" s="73"/>
+      <c r="AC33" s="73"/>
+      <c r="AD33" s="73"/>
+      <c r="AE33" s="73"/>
+      <c r="AF33" s="73"/>
+      <c r="AG33" s="73"/>
+      <c r="AH33" s="74"/>
     </row>
     <row r="34" spans="1:34" ht="12" customHeight="1">
-      <c r="A34" s="60"/>
-[...32 lines deleted...]
-      <c r="AH34" s="159"/>
+      <c r="A34" s="67"/>
+      <c r="B34" s="68"/>
+      <c r="C34" s="69"/>
+      <c r="D34" s="70"/>
+      <c r="E34" s="71"/>
+      <c r="F34" s="72"/>
+      <c r="G34" s="73"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="73"/>
+      <c r="J34" s="73"/>
+      <c r="K34" s="73"/>
+      <c r="L34" s="73"/>
+      <c r="M34" s="73"/>
+      <c r="N34" s="73"/>
+      <c r="O34" s="73"/>
+      <c r="P34" s="73"/>
+      <c r="Q34" s="73"/>
+      <c r="R34" s="73"/>
+      <c r="S34" s="73"/>
+      <c r="T34" s="73"/>
+      <c r="U34" s="73"/>
+      <c r="V34" s="73"/>
+      <c r="W34" s="73"/>
+      <c r="X34" s="73"/>
+      <c r="Y34" s="73"/>
+      <c r="Z34" s="73"/>
+      <c r="AA34" s="73"/>
+      <c r="AB34" s="73"/>
+      <c r="AC34" s="73"/>
+      <c r="AD34" s="73"/>
+      <c r="AE34" s="73"/>
+      <c r="AF34" s="73"/>
+      <c r="AG34" s="73"/>
+      <c r="AH34" s="74"/>
     </row>
     <row r="35" spans="1:34" ht="12" customHeight="1">
-      <c r="A35" s="44"/>
-[...32 lines deleted...]
-      <c r="AH35" s="56"/>
+      <c r="A35" s="51"/>
+      <c r="B35" s="52"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="57"/>
+      <c r="E35" s="58"/>
+      <c r="F35" s="61"/>
+      <c r="G35" s="62"/>
+      <c r="H35" s="62"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="62"/>
+      <c r="K35" s="62"/>
+      <c r="L35" s="62"/>
+      <c r="M35" s="62"/>
+      <c r="N35" s="62"/>
+      <c r="O35" s="62"/>
+      <c r="P35" s="62"/>
+      <c r="Q35" s="62"/>
+      <c r="R35" s="62"/>
+      <c r="S35" s="62"/>
+      <c r="T35" s="62"/>
+      <c r="U35" s="62"/>
+      <c r="V35" s="62"/>
+      <c r="W35" s="62"/>
+      <c r="X35" s="62"/>
+      <c r="Y35" s="62"/>
+      <c r="Z35" s="62"/>
+      <c r="AA35" s="62"/>
+      <c r="AB35" s="62"/>
+      <c r="AC35" s="62"/>
+      <c r="AD35" s="62"/>
+      <c r="AE35" s="62"/>
+      <c r="AF35" s="62"/>
+      <c r="AG35" s="62"/>
+      <c r="AH35" s="63"/>
     </row>
     <row r="36" spans="1:34" ht="12" customHeight="1">
-      <c r="A36" s="47"/>
-[...32 lines deleted...]
-      <c r="AH36" s="59"/>
+      <c r="A36" s="54"/>
+      <c r="B36" s="55"/>
+      <c r="C36" s="56"/>
+      <c r="D36" s="59"/>
+      <c r="E36" s="60"/>
+      <c r="F36" s="64"/>
+      <c r="G36" s="65"/>
+      <c r="H36" s="65"/>
+      <c r="I36" s="65"/>
+      <c r="J36" s="65"/>
+      <c r="K36" s="65"/>
+      <c r="L36" s="65"/>
+      <c r="M36" s="65"/>
+      <c r="N36" s="65"/>
+      <c r="O36" s="65"/>
+      <c r="P36" s="65"/>
+      <c r="Q36" s="65"/>
+      <c r="R36" s="65"/>
+      <c r="S36" s="65"/>
+      <c r="T36" s="65"/>
+      <c r="U36" s="65"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="65"/>
+      <c r="Y36" s="65"/>
+      <c r="Z36" s="65"/>
+      <c r="AA36" s="65"/>
+      <c r="AB36" s="65"/>
+      <c r="AC36" s="65"/>
+      <c r="AD36" s="65"/>
+      <c r="AE36" s="65"/>
+      <c r="AF36" s="65"/>
+      <c r="AG36" s="65"/>
+      <c r="AH36" s="66"/>
     </row>
     <row r="37" spans="1:34" ht="12" customHeight="1">
-      <c r="A37" s="60"/>
-[...32 lines deleted...]
-      <c r="AH37" s="159"/>
+      <c r="A37" s="67"/>
+      <c r="B37" s="68"/>
+      <c r="C37" s="69"/>
+      <c r="D37" s="70"/>
+      <c r="E37" s="71"/>
+      <c r="F37" s="72"/>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="73"/>
+      <c r="J37" s="73"/>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="73"/>
+      <c r="N37" s="73"/>
+      <c r="O37" s="73"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="73"/>
+      <c r="R37" s="73"/>
+      <c r="S37" s="73"/>
+      <c r="T37" s="73"/>
+      <c r="U37" s="73"/>
+      <c r="V37" s="73"/>
+      <c r="W37" s="73"/>
+      <c r="X37" s="73"/>
+      <c r="Y37" s="73"/>
+      <c r="Z37" s="73"/>
+      <c r="AA37" s="73"/>
+      <c r="AB37" s="73"/>
+      <c r="AC37" s="73"/>
+      <c r="AD37" s="73"/>
+      <c r="AE37" s="73"/>
+      <c r="AF37" s="73"/>
+      <c r="AG37" s="73"/>
+      <c r="AH37" s="74"/>
     </row>
     <row r="38" spans="1:34" ht="12" customHeight="1">
-      <c r="A38" s="47"/>
-[...32 lines deleted...]
-      <c r="AH38" s="59"/>
+      <c r="A38" s="54"/>
+      <c r="B38" s="55"/>
+      <c r="C38" s="56"/>
+      <c r="D38" s="59"/>
+      <c r="E38" s="60"/>
+      <c r="F38" s="64"/>
+      <c r="G38" s="65"/>
+      <c r="H38" s="65"/>
+      <c r="I38" s="65"/>
+      <c r="J38" s="65"/>
+      <c r="K38" s="65"/>
+      <c r="L38" s="65"/>
+      <c r="M38" s="65"/>
+      <c r="N38" s="65"/>
+      <c r="O38" s="65"/>
+      <c r="P38" s="65"/>
+      <c r="Q38" s="65"/>
+      <c r="R38" s="65"/>
+      <c r="S38" s="65"/>
+      <c r="T38" s="65"/>
+      <c r="U38" s="65"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="65"/>
+      <c r="Y38" s="65"/>
+      <c r="Z38" s="65"/>
+      <c r="AA38" s="65"/>
+      <c r="AB38" s="65"/>
+      <c r="AC38" s="65"/>
+      <c r="AD38" s="65"/>
+      <c r="AE38" s="65"/>
+      <c r="AF38" s="65"/>
+      <c r="AG38" s="65"/>
+      <c r="AH38" s="66"/>
     </row>
     <row r="39" spans="1:34" ht="15" customHeight="1">
-      <c r="A39" s="160" t="s">
-[...36 lines deleted...]
-      <c r="AH39" s="226"/>
+      <c r="A39" s="76" t="s">
+        <v>86</v>
+      </c>
+      <c r="B39" s="80"/>
+      <c r="C39" s="80"/>
+      <c r="D39" s="80"/>
+      <c r="E39" s="80"/>
+      <c r="F39" s="80"/>
+      <c r="G39" s="80"/>
+      <c r="H39" s="80"/>
+      <c r="I39" s="80"/>
+      <c r="J39" s="80"/>
+      <c r="K39" s="80"/>
+      <c r="L39" s="80"/>
+      <c r="M39" s="80"/>
+      <c r="N39" s="80"/>
+      <c r="O39" s="80"/>
+      <c r="P39" s="80"/>
+      <c r="Q39" s="90"/>
+      <c r="R39" s="97" t="s">
+        <v>87</v>
+      </c>
+      <c r="S39" s="77"/>
+      <c r="T39" s="77"/>
+      <c r="U39" s="77"/>
+      <c r="V39" s="77"/>
+      <c r="W39" s="77"/>
+      <c r="X39" s="77"/>
+      <c r="Y39" s="77"/>
+      <c r="Z39" s="77"/>
+      <c r="AA39" s="77"/>
+      <c r="AB39" s="77"/>
+      <c r="AC39" s="77"/>
+      <c r="AD39" s="77"/>
+      <c r="AE39" s="77"/>
+      <c r="AF39" s="77"/>
+      <c r="AG39" s="77"/>
+      <c r="AH39" s="98"/>
     </row>
     <row r="40" spans="1:34" ht="15" customHeight="1">
-      <c r="A40" s="197"/>
-[...32 lines deleted...]
-      <c r="AH40" s="199"/>
+      <c r="A40" s="91"/>
+      <c r="B40" s="92"/>
+      <c r="C40" s="92"/>
+      <c r="D40" s="92"/>
+      <c r="E40" s="92"/>
+      <c r="F40" s="92"/>
+      <c r="G40" s="92"/>
+      <c r="H40" s="92"/>
+      <c r="I40" s="92"/>
+      <c r="J40" s="92"/>
+      <c r="K40" s="92"/>
+      <c r="L40" s="92"/>
+      <c r="M40" s="92"/>
+      <c r="N40" s="92"/>
+      <c r="O40" s="92"/>
+      <c r="P40" s="92"/>
+      <c r="Q40" s="93"/>
+      <c r="R40" s="91"/>
+      <c r="S40" s="92"/>
+      <c r="T40" s="92"/>
+      <c r="U40" s="92"/>
+      <c r="V40" s="92"/>
+      <c r="W40" s="92"/>
+      <c r="X40" s="92"/>
+      <c r="Y40" s="92"/>
+      <c r="Z40" s="92"/>
+      <c r="AA40" s="92"/>
+      <c r="AB40" s="92"/>
+      <c r="AC40" s="92"/>
+      <c r="AD40" s="92"/>
+      <c r="AE40" s="92"/>
+      <c r="AF40" s="92"/>
+      <c r="AG40" s="92"/>
+      <c r="AH40" s="93"/>
     </row>
     <row r="41" spans="1:34" ht="18.75" customHeight="1">
-      <c r="A41" s="200"/>
-[...32 lines deleted...]
-      <c r="AH41" s="202"/>
+      <c r="A41" s="94"/>
+      <c r="B41" s="95"/>
+      <c r="C41" s="95"/>
+      <c r="D41" s="95"/>
+      <c r="E41" s="95"/>
+      <c r="F41" s="95"/>
+      <c r="G41" s="95"/>
+      <c r="H41" s="95"/>
+      <c r="I41" s="95"/>
+      <c r="J41" s="95"/>
+      <c r="K41" s="95"/>
+      <c r="L41" s="95"/>
+      <c r="M41" s="95"/>
+      <c r="N41" s="95"/>
+      <c r="O41" s="95"/>
+      <c r="P41" s="95"/>
+      <c r="Q41" s="96"/>
+      <c r="R41" s="94"/>
+      <c r="S41" s="95"/>
+      <c r="T41" s="95"/>
+      <c r="U41" s="95"/>
+      <c r="V41" s="95"/>
+      <c r="W41" s="95"/>
+      <c r="X41" s="95"/>
+      <c r="Y41" s="95"/>
+      <c r="Z41" s="95"/>
+      <c r="AA41" s="95"/>
+      <c r="AB41" s="95"/>
+      <c r="AC41" s="95"/>
+      <c r="AD41" s="95"/>
+      <c r="AE41" s="95"/>
+      <c r="AF41" s="95"/>
+      <c r="AG41" s="95"/>
+      <c r="AH41" s="96"/>
     </row>
     <row r="42" spans="1:34">
-      <c r="A42" s="160" t="s">
+      <c r="A42" s="76" t="s">
         <v>16</v>
       </c>
-      <c r="B42" s="184"/>
-[...31 lines deleted...]
-      <c r="AH42" s="186"/>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+      <c r="G42" s="77"/>
+      <c r="H42" s="77"/>
+      <c r="I42" s="77"/>
+      <c r="J42" s="77"/>
+      <c r="K42" s="77"/>
+      <c r="L42" s="77"/>
+      <c r="M42" s="77"/>
+      <c r="N42" s="77"/>
+      <c r="O42" s="77"/>
+      <c r="P42" s="77"/>
+      <c r="Q42" s="77"/>
+      <c r="R42" s="77"/>
+      <c r="S42" s="77"/>
+      <c r="T42" s="77"/>
+      <c r="U42" s="77"/>
+      <c r="V42" s="77"/>
+      <c r="W42" s="77"/>
+      <c r="X42" s="77"/>
+      <c r="Y42" s="77"/>
+      <c r="Z42" s="78"/>
+      <c r="AA42" s="78"/>
+      <c r="AB42" s="78"/>
+      <c r="AC42" s="78"/>
+      <c r="AD42" s="78"/>
+      <c r="AE42" s="78"/>
+      <c r="AF42" s="78"/>
+      <c r="AG42" s="78"/>
+      <c r="AH42" s="79"/>
     </row>
     <row r="43" spans="1:34" ht="10.5" customHeight="1">
-      <c r="A43" s="187"/>
-[...32 lines deleted...]
-      <c r="AH43" s="189"/>
+      <c r="A43" s="81"/>
+      <c r="B43" s="82"/>
+      <c r="C43" s="82"/>
+      <c r="D43" s="82"/>
+      <c r="E43" s="82"/>
+      <c r="F43" s="82"/>
+      <c r="G43" s="82"/>
+      <c r="H43" s="82"/>
+      <c r="I43" s="82"/>
+      <c r="J43" s="82"/>
+      <c r="K43" s="82"/>
+      <c r="L43" s="82"/>
+      <c r="M43" s="82"/>
+      <c r="N43" s="82"/>
+      <c r="O43" s="82"/>
+      <c r="P43" s="82"/>
+      <c r="Q43" s="82"/>
+      <c r="R43" s="82"/>
+      <c r="S43" s="82"/>
+      <c r="T43" s="82"/>
+      <c r="U43" s="82"/>
+      <c r="V43" s="82"/>
+      <c r="W43" s="82"/>
+      <c r="X43" s="82"/>
+      <c r="Y43" s="82"/>
+      <c r="Z43" s="82"/>
+      <c r="AA43" s="82"/>
+      <c r="AB43" s="82"/>
+      <c r="AC43" s="82"/>
+      <c r="AD43" s="82"/>
+      <c r="AE43" s="82"/>
+      <c r="AF43" s="82"/>
+      <c r="AG43" s="82"/>
+      <c r="AH43" s="83"/>
     </row>
     <row r="44" spans="1:34" ht="10.5" customHeight="1">
-      <c r="A44" s="190"/>
-[...32 lines deleted...]
-      <c r="AH44" s="192"/>
+      <c r="A44" s="84"/>
+      <c r="B44" s="85"/>
+      <c r="C44" s="85"/>
+      <c r="D44" s="85"/>
+      <c r="E44" s="85"/>
+      <c r="F44" s="85"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="85"/>
+      <c r="I44" s="85"/>
+      <c r="J44" s="85"/>
+      <c r="K44" s="85"/>
+      <c r="L44" s="85"/>
+      <c r="M44" s="85"/>
+      <c r="N44" s="85"/>
+      <c r="O44" s="85"/>
+      <c r="P44" s="85"/>
+      <c r="Q44" s="85"/>
+      <c r="R44" s="85"/>
+      <c r="S44" s="85"/>
+      <c r="T44" s="85"/>
+      <c r="U44" s="85"/>
+      <c r="V44" s="85"/>
+      <c r="W44" s="85"/>
+      <c r="X44" s="85"/>
+      <c r="Y44" s="85"/>
+      <c r="Z44" s="85"/>
+      <c r="AA44" s="85"/>
+      <c r="AB44" s="85"/>
+      <c r="AC44" s="85"/>
+      <c r="AD44" s="85"/>
+      <c r="AE44" s="85"/>
+      <c r="AF44" s="85"/>
+      <c r="AG44" s="85"/>
+      <c r="AH44" s="86"/>
     </row>
     <row r="45" spans="1:34" ht="10.5" customHeight="1">
-      <c r="A45" s="190"/>
-[...32 lines deleted...]
-      <c r="AH45" s="192"/>
+      <c r="A45" s="84"/>
+      <c r="B45" s="85"/>
+      <c r="C45" s="85"/>
+      <c r="D45" s="85"/>
+      <c r="E45" s="85"/>
+      <c r="F45" s="85"/>
+      <c r="G45" s="85"/>
+      <c r="H45" s="85"/>
+      <c r="I45" s="85"/>
+      <c r="J45" s="85"/>
+      <c r="K45" s="85"/>
+      <c r="L45" s="85"/>
+      <c r="M45" s="85"/>
+      <c r="N45" s="85"/>
+      <c r="O45" s="85"/>
+      <c r="P45" s="85"/>
+      <c r="Q45" s="85"/>
+      <c r="R45" s="85"/>
+      <c r="S45" s="85"/>
+      <c r="T45" s="85"/>
+      <c r="U45" s="85"/>
+      <c r="V45" s="85"/>
+      <c r="W45" s="85"/>
+      <c r="X45" s="85"/>
+      <c r="Y45" s="85"/>
+      <c r="Z45" s="85"/>
+      <c r="AA45" s="85"/>
+      <c r="AB45" s="85"/>
+      <c r="AC45" s="85"/>
+      <c r="AD45" s="85"/>
+      <c r="AE45" s="85"/>
+      <c r="AF45" s="85"/>
+      <c r="AG45" s="85"/>
+      <c r="AH45" s="86"/>
     </row>
     <row r="46" spans="1:34" ht="10.5" customHeight="1">
-      <c r="A46" s="193"/>
-[...32 lines deleted...]
-      <c r="AH46" s="195"/>
+      <c r="A46" s="87"/>
+      <c r="B46" s="88"/>
+      <c r="C46" s="88"/>
+      <c r="D46" s="88"/>
+      <c r="E46" s="88"/>
+      <c r="F46" s="88"/>
+      <c r="G46" s="88"/>
+      <c r="H46" s="88"/>
+      <c r="I46" s="88"/>
+      <c r="J46" s="88"/>
+      <c r="K46" s="88"/>
+      <c r="L46" s="88"/>
+      <c r="M46" s="88"/>
+      <c r="N46" s="88"/>
+      <c r="O46" s="88"/>
+      <c r="P46" s="88"/>
+      <c r="Q46" s="88"/>
+      <c r="R46" s="88"/>
+      <c r="S46" s="88"/>
+      <c r="T46" s="88"/>
+      <c r="U46" s="88"/>
+      <c r="V46" s="88"/>
+      <c r="W46" s="88"/>
+      <c r="X46" s="88"/>
+      <c r="Y46" s="88"/>
+      <c r="Z46" s="88"/>
+      <c r="AA46" s="88"/>
+      <c r="AB46" s="88"/>
+      <c r="AC46" s="88"/>
+      <c r="AD46" s="88"/>
+      <c r="AE46" s="88"/>
+      <c r="AF46" s="88"/>
+      <c r="AG46" s="88"/>
+      <c r="AH46" s="89"/>
     </row>
     <row r="47" spans="1:34">
-      <c r="A47" s="160" t="s">
+      <c r="A47" s="76" t="s">
         <v>17</v>
       </c>
-      <c r="B47" s="161"/>
-[...31 lines deleted...]
-      <c r="AH47" s="186"/>
+      <c r="B47" s="80"/>
+      <c r="C47" s="80"/>
+      <c r="D47" s="80"/>
+      <c r="E47" s="80"/>
+      <c r="F47" s="80"/>
+      <c r="G47" s="80"/>
+      <c r="H47" s="80"/>
+      <c r="I47" s="80"/>
+      <c r="J47" s="80"/>
+      <c r="K47" s="80"/>
+      <c r="L47" s="80"/>
+      <c r="M47" s="80"/>
+      <c r="N47" s="80"/>
+      <c r="O47" s="80"/>
+      <c r="P47" s="80"/>
+      <c r="Q47" s="80"/>
+      <c r="R47" s="80"/>
+      <c r="S47" s="80"/>
+      <c r="T47" s="80"/>
+      <c r="U47" s="80"/>
+      <c r="V47" s="80"/>
+      <c r="W47" s="80"/>
+      <c r="X47" s="80"/>
+      <c r="Y47" s="80"/>
+      <c r="Z47" s="78"/>
+      <c r="AA47" s="78"/>
+      <c r="AB47" s="78"/>
+      <c r="AC47" s="78"/>
+      <c r="AD47" s="78"/>
+      <c r="AE47" s="78"/>
+      <c r="AF47" s="78"/>
+      <c r="AG47" s="78"/>
+      <c r="AH47" s="79"/>
     </row>
     <row r="48" spans="1:34" ht="12.75" customHeight="1">
-      <c r="A48" s="187"/>
-[...32 lines deleted...]
-      <c r="AH48" s="189"/>
+      <c r="A48" s="81"/>
+      <c r="B48" s="82"/>
+      <c r="C48" s="82"/>
+      <c r="D48" s="82"/>
+      <c r="E48" s="82"/>
+      <c r="F48" s="82"/>
+      <c r="G48" s="82"/>
+      <c r="H48" s="82"/>
+      <c r="I48" s="82"/>
+      <c r="J48" s="82"/>
+      <c r="K48" s="82"/>
+      <c r="L48" s="82"/>
+      <c r="M48" s="82"/>
+      <c r="N48" s="82"/>
+      <c r="O48" s="82"/>
+      <c r="P48" s="82"/>
+      <c r="Q48" s="82"/>
+      <c r="R48" s="82"/>
+      <c r="S48" s="82"/>
+      <c r="T48" s="82"/>
+      <c r="U48" s="82"/>
+      <c r="V48" s="82"/>
+      <c r="W48" s="82"/>
+      <c r="X48" s="82"/>
+      <c r="Y48" s="82"/>
+      <c r="Z48" s="82"/>
+      <c r="AA48" s="82"/>
+      <c r="AB48" s="82"/>
+      <c r="AC48" s="82"/>
+      <c r="AD48" s="82"/>
+      <c r="AE48" s="82"/>
+      <c r="AF48" s="82"/>
+      <c r="AG48" s="82"/>
+      <c r="AH48" s="83"/>
     </row>
     <row r="49" spans="1:49" ht="12.75" customHeight="1">
-      <c r="A49" s="190"/>
-[...32 lines deleted...]
-      <c r="AH49" s="192"/>
+      <c r="A49" s="84"/>
+      <c r="B49" s="85"/>
+      <c r="C49" s="85"/>
+      <c r="D49" s="85"/>
+      <c r="E49" s="85"/>
+      <c r="F49" s="85"/>
+      <c r="G49" s="85"/>
+      <c r="H49" s="85"/>
+      <c r="I49" s="85"/>
+      <c r="J49" s="85"/>
+      <c r="K49" s="85"/>
+      <c r="L49" s="85"/>
+      <c r="M49" s="85"/>
+      <c r="N49" s="85"/>
+      <c r="O49" s="85"/>
+      <c r="P49" s="85"/>
+      <c r="Q49" s="85"/>
+      <c r="R49" s="85"/>
+      <c r="S49" s="85"/>
+      <c r="T49" s="85"/>
+      <c r="U49" s="85"/>
+      <c r="V49" s="85"/>
+      <c r="W49" s="85"/>
+      <c r="X49" s="85"/>
+      <c r="Y49" s="85"/>
+      <c r="Z49" s="85"/>
+      <c r="AA49" s="85"/>
+      <c r="AB49" s="85"/>
+      <c r="AC49" s="85"/>
+      <c r="AD49" s="85"/>
+      <c r="AE49" s="85"/>
+      <c r="AF49" s="85"/>
+      <c r="AG49" s="85"/>
+      <c r="AH49" s="86"/>
     </row>
     <row r="50" spans="1:49" ht="12.75" customHeight="1">
-      <c r="A50" s="193"/>
-[...32 lines deleted...]
-      <c r="AH50" s="195"/>
+      <c r="A50" s="87"/>
+      <c r="B50" s="88"/>
+      <c r="C50" s="88"/>
+      <c r="D50" s="88"/>
+      <c r="E50" s="88"/>
+      <c r="F50" s="88"/>
+      <c r="G50" s="88"/>
+      <c r="H50" s="88"/>
+      <c r="I50" s="88"/>
+      <c r="J50" s="88"/>
+      <c r="K50" s="88"/>
+      <c r="L50" s="88"/>
+      <c r="M50" s="88"/>
+      <c r="N50" s="88"/>
+      <c r="O50" s="88"/>
+      <c r="P50" s="88"/>
+      <c r="Q50" s="88"/>
+      <c r="R50" s="88"/>
+      <c r="S50" s="88"/>
+      <c r="T50" s="88"/>
+      <c r="U50" s="88"/>
+      <c r="V50" s="88"/>
+      <c r="W50" s="88"/>
+      <c r="X50" s="88"/>
+      <c r="Y50" s="88"/>
+      <c r="Z50" s="88"/>
+      <c r="AA50" s="88"/>
+      <c r="AB50" s="88"/>
+      <c r="AC50" s="88"/>
+      <c r="AD50" s="88"/>
+      <c r="AE50" s="88"/>
+      <c r="AF50" s="88"/>
+      <c r="AG50" s="88"/>
+      <c r="AH50" s="89"/>
     </row>
     <row r="51" spans="1:49">
-      <c r="A51" s="160" t="s">
+      <c r="A51" s="76" t="s">
         <v>18</v>
       </c>
-      <c r="B51" s="184"/>
-[...31 lines deleted...]
-      <c r="AH51" s="186"/>
+      <c r="B51" s="77"/>
+      <c r="C51" s="77"/>
+      <c r="D51" s="77"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="77"/>
+      <c r="G51" s="77"/>
+      <c r="H51" s="77"/>
+      <c r="I51" s="77"/>
+      <c r="J51" s="77"/>
+      <c r="K51" s="77"/>
+      <c r="L51" s="77"/>
+      <c r="M51" s="77"/>
+      <c r="N51" s="77"/>
+      <c r="O51" s="77"/>
+      <c r="P51" s="77"/>
+      <c r="Q51" s="77"/>
+      <c r="R51" s="77"/>
+      <c r="S51" s="77"/>
+      <c r="T51" s="77"/>
+      <c r="U51" s="77"/>
+      <c r="V51" s="77"/>
+      <c r="W51" s="77"/>
+      <c r="X51" s="77"/>
+      <c r="Y51" s="77"/>
+      <c r="Z51" s="78"/>
+      <c r="AA51" s="78"/>
+      <c r="AB51" s="78"/>
+      <c r="AC51" s="78"/>
+      <c r="AD51" s="78"/>
+      <c r="AE51" s="78"/>
+      <c r="AF51" s="78"/>
+      <c r="AG51" s="78"/>
+      <c r="AH51" s="79"/>
     </row>
     <row r="52" spans="1:49">
-      <c r="A52" s="187"/>
-[...32 lines deleted...]
-      <c r="AH52" s="189"/>
+      <c r="A52" s="81"/>
+      <c r="B52" s="82"/>
+      <c r="C52" s="82"/>
+      <c r="D52" s="82"/>
+      <c r="E52" s="82"/>
+      <c r="F52" s="82"/>
+      <c r="G52" s="82"/>
+      <c r="H52" s="82"/>
+      <c r="I52" s="82"/>
+      <c r="J52" s="82"/>
+      <c r="K52" s="82"/>
+      <c r="L52" s="82"/>
+      <c r="M52" s="82"/>
+      <c r="N52" s="82"/>
+      <c r="O52" s="82"/>
+      <c r="P52" s="82"/>
+      <c r="Q52" s="82"/>
+      <c r="R52" s="82"/>
+      <c r="S52" s="82"/>
+      <c r="T52" s="82"/>
+      <c r="U52" s="82"/>
+      <c r="V52" s="82"/>
+      <c r="W52" s="82"/>
+      <c r="X52" s="82"/>
+      <c r="Y52" s="82"/>
+      <c r="Z52" s="82"/>
+      <c r="AA52" s="82"/>
+      <c r="AB52" s="82"/>
+      <c r="AC52" s="82"/>
+      <c r="AD52" s="82"/>
+      <c r="AE52" s="82"/>
+      <c r="AF52" s="82"/>
+      <c r="AG52" s="82"/>
+      <c r="AH52" s="83"/>
     </row>
     <row r="53" spans="1:49">
-      <c r="A53" s="190"/>
-[...32 lines deleted...]
-      <c r="AH53" s="192"/>
+      <c r="A53" s="84"/>
+      <c r="B53" s="85"/>
+      <c r="C53" s="85"/>
+      <c r="D53" s="85"/>
+      <c r="E53" s="85"/>
+      <c r="F53" s="85"/>
+      <c r="G53" s="85"/>
+      <c r="H53" s="85"/>
+      <c r="I53" s="85"/>
+      <c r="J53" s="85"/>
+      <c r="K53" s="85"/>
+      <c r="L53" s="85"/>
+      <c r="M53" s="85"/>
+      <c r="N53" s="85"/>
+      <c r="O53" s="85"/>
+      <c r="P53" s="85"/>
+      <c r="Q53" s="85"/>
+      <c r="R53" s="85"/>
+      <c r="S53" s="85"/>
+      <c r="T53" s="85"/>
+      <c r="U53" s="85"/>
+      <c r="V53" s="85"/>
+      <c r="W53" s="85"/>
+      <c r="X53" s="85"/>
+      <c r="Y53" s="85"/>
+      <c r="Z53" s="85"/>
+      <c r="AA53" s="85"/>
+      <c r="AB53" s="85"/>
+      <c r="AC53" s="85"/>
+      <c r="AD53" s="85"/>
+      <c r="AE53" s="85"/>
+      <c r="AF53" s="85"/>
+      <c r="AG53" s="85"/>
+      <c r="AH53" s="86"/>
     </row>
     <row r="54" spans="1:49">
-      <c r="A54" s="190"/>
-[...32 lines deleted...]
-      <c r="AH54" s="192"/>
+      <c r="A54" s="84"/>
+      <c r="B54" s="85"/>
+      <c r="C54" s="85"/>
+      <c r="D54" s="85"/>
+      <c r="E54" s="85"/>
+      <c r="F54" s="85"/>
+      <c r="G54" s="85"/>
+      <c r="H54" s="85"/>
+      <c r="I54" s="85"/>
+      <c r="J54" s="85"/>
+      <c r="K54" s="85"/>
+      <c r="L54" s="85"/>
+      <c r="M54" s="85"/>
+      <c r="N54" s="85"/>
+      <c r="O54" s="85"/>
+      <c r="P54" s="85"/>
+      <c r="Q54" s="85"/>
+      <c r="R54" s="85"/>
+      <c r="S54" s="85"/>
+      <c r="T54" s="85"/>
+      <c r="U54" s="85"/>
+      <c r="V54" s="85"/>
+      <c r="W54" s="85"/>
+      <c r="X54" s="85"/>
+      <c r="Y54" s="85"/>
+      <c r="Z54" s="85"/>
+      <c r="AA54" s="85"/>
+      <c r="AB54" s="85"/>
+      <c r="AC54" s="85"/>
+      <c r="AD54" s="85"/>
+      <c r="AE54" s="85"/>
+      <c r="AF54" s="85"/>
+      <c r="AG54" s="85"/>
+      <c r="AH54" s="86"/>
     </row>
     <row r="55" spans="1:49">
-      <c r="A55" s="190"/>
-[...32 lines deleted...]
-      <c r="AH55" s="192"/>
+      <c r="A55" s="84"/>
+      <c r="B55" s="85"/>
+      <c r="C55" s="85"/>
+      <c r="D55" s="85"/>
+      <c r="E55" s="85"/>
+      <c r="F55" s="85"/>
+      <c r="G55" s="85"/>
+      <c r="H55" s="85"/>
+      <c r="I55" s="85"/>
+      <c r="J55" s="85"/>
+      <c r="K55" s="85"/>
+      <c r="L55" s="85"/>
+      <c r="M55" s="85"/>
+      <c r="N55" s="85"/>
+      <c r="O55" s="85"/>
+      <c r="P55" s="85"/>
+      <c r="Q55" s="85"/>
+      <c r="R55" s="85"/>
+      <c r="S55" s="85"/>
+      <c r="T55" s="85"/>
+      <c r="U55" s="85"/>
+      <c r="V55" s="85"/>
+      <c r="W55" s="85"/>
+      <c r="X55" s="85"/>
+      <c r="Y55" s="85"/>
+      <c r="Z55" s="85"/>
+      <c r="AA55" s="85"/>
+      <c r="AB55" s="85"/>
+      <c r="AC55" s="85"/>
+      <c r="AD55" s="85"/>
+      <c r="AE55" s="85"/>
+      <c r="AF55" s="85"/>
+      <c r="AG55" s="85"/>
+      <c r="AH55" s="86"/>
     </row>
     <row r="56" spans="1:49">
-      <c r="A56" s="193"/>
-[...32 lines deleted...]
-      <c r="AH56" s="195"/>
+      <c r="A56" s="87"/>
+      <c r="B56" s="88"/>
+      <c r="C56" s="88"/>
+      <c r="D56" s="88"/>
+      <c r="E56" s="88"/>
+      <c r="F56" s="88"/>
+      <c r="G56" s="88"/>
+      <c r="H56" s="88"/>
+      <c r="I56" s="88"/>
+      <c r="J56" s="88"/>
+      <c r="K56" s="88"/>
+      <c r="L56" s="88"/>
+      <c r="M56" s="88"/>
+      <c r="N56" s="88"/>
+      <c r="O56" s="88"/>
+      <c r="P56" s="88"/>
+      <c r="Q56" s="88"/>
+      <c r="R56" s="88"/>
+      <c r="S56" s="88"/>
+      <c r="T56" s="88"/>
+      <c r="U56" s="88"/>
+      <c r="V56" s="88"/>
+      <c r="W56" s="88"/>
+      <c r="X56" s="88"/>
+      <c r="Y56" s="88"/>
+      <c r="Z56" s="88"/>
+      <c r="AA56" s="88"/>
+      <c r="AB56" s="88"/>
+      <c r="AC56" s="88"/>
+      <c r="AD56" s="88"/>
+      <c r="AE56" s="88"/>
+      <c r="AF56" s="88"/>
+      <c r="AG56" s="88"/>
+      <c r="AH56" s="89"/>
     </row>
     <row r="57" spans="1:49" ht="6.75" customHeight="1">
       <c r="A57" s="22"/>
       <c r="B57" s="22"/>
       <c r="C57" s="22"/>
       <c r="D57" s="22"/>
       <c r="E57" s="22"/>
       <c r="F57" s="22"/>
       <c r="G57" s="22"/>
       <c r="H57" s="22"/>
       <c r="I57" s="22"/>
       <c r="J57" s="22"/>
       <c r="K57" s="22"/>
       <c r="L57" s="22"/>
       <c r="M57" s="22"/>
       <c r="N57" s="22"/>
       <c r="O57" s="22"/>
       <c r="P57" s="22"/>
       <c r="Q57" s="22"/>
       <c r="R57" s="22"/>
       <c r="S57" s="22"/>
       <c r="T57" s="22"/>
       <c r="U57" s="22"/>
       <c r="V57" s="22"/>
       <c r="W57" s="22"/>
       <c r="X57" s="22"/>
       <c r="Y57" s="22"/>
       <c r="Z57" s="22"/>
       <c r="AA57" s="22"/>
       <c r="AB57" s="22"/>
       <c r="AC57" s="22"/>
       <c r="AD57" s="22"/>
       <c r="AE57" s="22"/>
       <c r="AF57" s="22"/>
       <c r="AG57" s="22"/>
       <c r="AH57" s="22"/>
     </row>
     <row r="58" spans="1:49" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="A58" s="17" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B58" s="19"/>
       <c r="C58" s="19"/>
       <c r="D58" s="19"/>
       <c r="E58" s="19"/>
       <c r="F58" s="19"/>
       <c r="G58" s="19"/>
       <c r="H58" s="19"/>
       <c r="I58" s="19"/>
       <c r="J58" s="19"/>
       <c r="K58" s="19"/>
       <c r="L58" s="19"/>
       <c r="M58" s="19"/>
       <c r="N58" s="19"/>
       <c r="O58" s="19"/>
       <c r="P58" s="19"/>
       <c r="Q58" s="19"/>
       <c r="R58" s="19"/>
       <c r="S58" s="19"/>
       <c r="T58" s="19"/>
       <c r="U58" s="19"/>
       <c r="V58" s="19"/>
       <c r="W58" s="19"/>
       <c r="X58" s="19"/>
       <c r="Y58" s="19"/>
@@ -5093,160 +5107,167 @@
       <c r="AD58" s="17"/>
       <c r="AE58" s="17"/>
       <c r="AF58" s="17"/>
       <c r="AG58" s="17"/>
       <c r="AH58" s="17"/>
       <c r="AI58" s="17"/>
       <c r="AJ58" s="17"/>
       <c r="AK58" s="17"/>
       <c r="AL58" s="17"/>
       <c r="AM58" s="17"/>
       <c r="AN58" s="17"/>
       <c r="AO58" s="17"/>
       <c r="AP58" s="17"/>
       <c r="AQ58" s="17"/>
       <c r="AR58" s="17"/>
       <c r="AS58" s="17"/>
       <c r="AT58" s="17"/>
       <c r="AU58" s="17"/>
       <c r="AV58" s="17"/>
       <c r="AW58" s="17"/>
     </row>
     <row r="59" spans="1:49" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="A59" s="19"/>
       <c r="B59" s="25"/>
       <c r="C59" s="17" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D59" s="19"/>
       <c r="E59" s="19"/>
       <c r="F59" s="19"/>
       <c r="G59" s="19"/>
       <c r="H59" s="19"/>
       <c r="I59" s="19"/>
       <c r="J59" s="19"/>
       <c r="Q59" s="25"/>
-      <c r="R59" s="18" t="s">
-        <v>79</v>
+      <c r="R59" s="17" t="s">
+        <v>74</v>
       </c>
       <c r="AI59" s="17"/>
       <c r="AJ59" s="17"/>
       <c r="AK59" s="17"/>
       <c r="AL59" s="17"/>
       <c r="AM59" s="17"/>
       <c r="AN59" s="17"/>
       <c r="AO59" s="17"/>
       <c r="AP59" s="17"/>
       <c r="AQ59" s="17"/>
       <c r="AR59" s="17"/>
       <c r="AS59" s="17"/>
       <c r="AT59" s="17"/>
       <c r="AU59" s="17"/>
       <c r="AV59" s="17"/>
       <c r="AW59" s="17"/>
     </row>
     <row r="60" spans="1:49" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="A60" s="19"/>
       <c r="B60" s="25"/>
       <c r="C60" s="17" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D60" s="19"/>
       <c r="E60" s="19"/>
       <c r="F60" s="19"/>
       <c r="G60" s="19"/>
       <c r="H60" s="19"/>
       <c r="I60" s="19"/>
       <c r="J60" s="19"/>
       <c r="Q60" s="25"/>
       <c r="R60" s="17" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      <c r="AH60" s="17"/>
+        <v>75</v>
+      </c>
+      <c r="T60" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="U60" s="99"/>
+      <c r="V60" s="99"/>
+      <c r="W60" s="99"/>
+      <c r="X60" s="99"/>
+      <c r="Y60" s="99"/>
+      <c r="Z60" s="99"/>
+      <c r="AA60" s="99"/>
+      <c r="AB60" s="99"/>
+      <c r="AC60" s="99"/>
+      <c r="AD60" s="99"/>
+      <c r="AE60" s="99"/>
+      <c r="AF60" s="99"/>
+      <c r="AG60" s="99"/>
+      <c r="AH60" s="40" t="s">
+        <v>22</v>
+      </c>
       <c r="AI60" s="17"/>
       <c r="AJ60" s="17"/>
       <c r="AK60" s="17"/>
       <c r="AL60" s="17"/>
       <c r="AM60" s="17"/>
       <c r="AN60" s="17"/>
       <c r="AO60" s="17"/>
       <c r="AP60" s="17"/>
       <c r="AQ60" s="17"/>
       <c r="AR60" s="17"/>
       <c r="AS60" s="17"/>
       <c r="AT60" s="17"/>
       <c r="AU60" s="17"/>
       <c r="AV60" s="17"/>
       <c r="AW60" s="17"/>
     </row>
     <row r="61" spans="1:49" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="A61" s="19"/>
       <c r="B61" s="25"/>
       <c r="C61" s="17" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D61" s="19"/>
       <c r="E61" s="19"/>
       <c r="F61" s="19"/>
       <c r="G61" s="19"/>
       <c r="H61" s="19"/>
       <c r="I61" s="19"/>
       <c r="J61" s="19"/>
       <c r="K61" s="17"/>
       <c r="M61" s="19"/>
       <c r="N61" s="19"/>
       <c r="O61" s="19"/>
       <c r="P61" s="19"/>
-      <c r="Q61" s="25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="Q61"/>
+      <c r="R61" s="17"/>
       <c r="S61" s="20"/>
-      <c r="T61" s="40" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="T61"/>
+      <c r="U61"/>
+      <c r="V61"/>
+      <c r="W61"/>
+      <c r="X61"/>
+      <c r="Y61"/>
+      <c r="Z61"/>
+      <c r="AA61"/>
+      <c r="AB61"/>
+      <c r="AC61"/>
+      <c r="AD61"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+      <c r="AH61"/>
       <c r="AI61" s="17"/>
       <c r="AJ61" s="17"/>
       <c r="AK61" s="17"/>
       <c r="AL61" s="17"/>
       <c r="AM61" s="17"/>
       <c r="AN61" s="17"/>
       <c r="AO61" s="17"/>
       <c r="AP61" s="17"/>
       <c r="AQ61" s="17"/>
       <c r="AR61" s="17"/>
       <c r="AS61" s="17"/>
       <c r="AT61" s="17"/>
       <c r="AU61" s="17"/>
       <c r="AV61" s="17"/>
       <c r="AW61" s="17"/>
     </row>
     <row r="62" spans="1:49" s="21" customFormat="1" ht="6" customHeight="1">
       <c r="A62" s="15"/>
       <c r="B62" s="16"/>
       <c r="C62" s="15"/>
       <c r="D62" s="15"/>
       <c r="E62" s="15"/>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
@@ -5292,242 +5313,242 @@
       <c r="J64" s="15"/>
       <c r="K64" s="16"/>
       <c r="M64" s="15"/>
     </row>
     <row r="65" spans="1:34">
       <c r="B65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="M65" s="25"/>
     </row>
     <row r="66" spans="1:34" s="21" customFormat="1" ht="6" customHeight="1">
       <c r="A66" s="15"/>
       <c r="B66" s="16"/>
       <c r="C66" s="15"/>
       <c r="D66" s="15"/>
       <c r="E66" s="15"/>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="16"/>
       <c r="M66" s="15"/>
     </row>
     <row r="67" spans="1:34">
-      <c r="A67" s="183" t="s">
-[...34 lines deleted...]
-      <c r="AH67" s="183"/>
+      <c r="A67" s="75" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67" s="75"/>
+      <c r="C67" s="75"/>
+      <c r="D67" s="75"/>
+      <c r="E67" s="75"/>
+      <c r="F67" s="75"/>
+      <c r="G67" s="75"/>
+      <c r="H67" s="75"/>
+      <c r="I67" s="75"/>
+      <c r="J67" s="75"/>
+      <c r="K67" s="75"/>
+      <c r="L67" s="75"/>
+      <c r="M67" s="75"/>
+      <c r="N67" s="75"/>
+      <c r="O67" s="75"/>
+      <c r="P67" s="75"/>
+      <c r="Q67" s="75"/>
+      <c r="R67" s="75"/>
+      <c r="S67" s="75"/>
+      <c r="T67" s="75"/>
+      <c r="U67" s="75"/>
+      <c r="V67" s="75"/>
+      <c r="W67" s="75"/>
+      <c r="X67" s="75"/>
+      <c r="Y67" s="75"/>
+      <c r="Z67" s="75"/>
+      <c r="AA67" s="75"/>
+      <c r="AB67" s="75"/>
+      <c r="AC67" s="75"/>
+      <c r="AD67" s="75"/>
+      <c r="AE67" s="75"/>
+      <c r="AF67" s="75"/>
+      <c r="AG67" s="75"/>
+      <c r="AH67" s="75"/>
     </row>
     <row r="68" spans="1:34" ht="10.5" customHeight="1">
-      <c r="A68" s="183"/>
-[...32 lines deleted...]
-      <c r="AH68" s="183"/>
+      <c r="A68" s="75"/>
+      <c r="B68" s="75"/>
+      <c r="C68" s="75"/>
+      <c r="D68" s="75"/>
+      <c r="E68" s="75"/>
+      <c r="F68" s="75"/>
+      <c r="G68" s="75"/>
+      <c r="H68" s="75"/>
+      <c r="I68" s="75"/>
+      <c r="J68" s="75"/>
+      <c r="K68" s="75"/>
+      <c r="L68" s="75"/>
+      <c r="M68" s="75"/>
+      <c r="N68" s="75"/>
+      <c r="O68" s="75"/>
+      <c r="P68" s="75"/>
+      <c r="Q68" s="75"/>
+      <c r="R68" s="75"/>
+      <c r="S68" s="75"/>
+      <c r="T68" s="75"/>
+      <c r="U68" s="75"/>
+      <c r="V68" s="75"/>
+      <c r="W68" s="75"/>
+      <c r="X68" s="75"/>
+      <c r="Y68" s="75"/>
+      <c r="Z68" s="75"/>
+      <c r="AA68" s="75"/>
+      <c r="AB68" s="75"/>
+      <c r="AC68" s="75"/>
+      <c r="AD68" s="75"/>
+      <c r="AE68" s="75"/>
+      <c r="AF68" s="75"/>
+      <c r="AG68" s="75"/>
+      <c r="AH68" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="67">
-    <mergeCell ref="F27:AH28"/>
-[...23 lines deleted...]
-    <mergeCell ref="AC20:AH20"/>
+    <mergeCell ref="A35:C36"/>
+    <mergeCell ref="D35:E36"/>
+    <mergeCell ref="F35:AH36"/>
+    <mergeCell ref="A37:C38"/>
+    <mergeCell ref="D37:E38"/>
+    <mergeCell ref="Y3:Z4"/>
+    <mergeCell ref="AA3:AD4"/>
+    <mergeCell ref="AE3:AH4"/>
+    <mergeCell ref="X5:AH5"/>
+    <mergeCell ref="M9:AH9"/>
+    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="D21:Y21"/>
+    <mergeCell ref="A22:C23"/>
+    <mergeCell ref="D22:Y23"/>
+    <mergeCell ref="B8:G16"/>
+    <mergeCell ref="W8:AH8"/>
+    <mergeCell ref="I9:L9"/>
+    <mergeCell ref="I10:L13"/>
+    <mergeCell ref="M14:AB16"/>
+    <mergeCell ref="AC14:AD16"/>
+    <mergeCell ref="AG14:AH16"/>
+    <mergeCell ref="AE14:AF16"/>
+    <mergeCell ref="M10:AH13"/>
+    <mergeCell ref="I14:L16"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="D18:Y18"/>
     <mergeCell ref="A19:C20"/>
     <mergeCell ref="D19:Y20"/>
     <mergeCell ref="A29:C30"/>
     <mergeCell ref="D29:E30"/>
     <mergeCell ref="F29:AH30"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="F26:AH26"/>
     <mergeCell ref="W24:AA24"/>
     <mergeCell ref="AB24:AH24"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="F24:K24"/>
     <mergeCell ref="L24:P24"/>
     <mergeCell ref="Q24:V24"/>
     <mergeCell ref="A27:C28"/>
     <mergeCell ref="D27:E28"/>
-    <mergeCell ref="A21:C21"/>
-[...24 lines deleted...]
-    <mergeCell ref="D37:E38"/>
+    <mergeCell ref="Z18:AH18"/>
+    <mergeCell ref="Z21:AH21"/>
+    <mergeCell ref="Z22:AH23"/>
+    <mergeCell ref="AC19:AH19"/>
+    <mergeCell ref="AC20:AH20"/>
+    <mergeCell ref="A67:AH68"/>
+    <mergeCell ref="F37:AH38"/>
+    <mergeCell ref="A42:AH42"/>
+    <mergeCell ref="A47:AH47"/>
+    <mergeCell ref="A51:AH51"/>
+    <mergeCell ref="A52:AH56"/>
+    <mergeCell ref="A48:AH50"/>
+    <mergeCell ref="A43:AH46"/>
+    <mergeCell ref="A39:Q39"/>
+    <mergeCell ref="A40:Q41"/>
+    <mergeCell ref="R39:AH39"/>
+    <mergeCell ref="R40:AH41"/>
+    <mergeCell ref="U60:AG60"/>
+    <mergeCell ref="F27:AH28"/>
+    <mergeCell ref="A31:C32"/>
+    <mergeCell ref="D31:E32"/>
+    <mergeCell ref="F31:AH32"/>
+    <mergeCell ref="A33:C34"/>
+    <mergeCell ref="D33:E34"/>
+    <mergeCell ref="F33:AH34"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="4">
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE14:AF16 AC19:AH20 Z22:AH23 A27:E38" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M9" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M65 B59:B61 Q59:Q61" xr:uid="{13D18DFF-E20D-4B5D-A282-DA271705F243}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M65 B59:B61 Q59:Q60" xr:uid="{13D18DFF-E20D-4B5D-A282-DA271705F243}">
       <formula1>"✓"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F24:K24" xr:uid="{100C7FCB-D17F-4B2B-9A5F-F286544D87D6}">
       <formula1>$AJ$5:$AJ$8</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A67:AH68" r:id="rId1" display="本有期契約職員応募書類記入・提出にあたり、弊会の個人情報保護方針をご確認の上、同意していただける場合はチェックを入れてください。" xr:uid="{ECC47A76-CD16-4A27-B1EF-0512B101FB92}"/>
   </hyperlinks>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87C9CFB5-3999-4D24-975E-BE01D2058800}">
-  <dimension ref="A1:J48"/>
+  <dimension ref="A1:J54"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A13" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A22" sqref="A22:I26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.625" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="2" width="7.75" style="26" customWidth="1"/>
     <col min="3" max="3" width="21.625" style="26" customWidth="1"/>
     <col min="4" max="9" width="8.75" style="26" customWidth="1"/>
     <col min="10" max="16384" width="9.625" style="26"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25">
-      <c r="A1" s="208" t="s">
+      <c r="A1" s="223" t="s">
         <v>30</v>
       </c>
-      <c r="B1" s="209"/>
-[...6 lines deleted...]
-      <c r="I1" s="209"/>
+      <c r="B1" s="224"/>
+      <c r="C1" s="224"/>
+      <c r="D1" s="224"/>
+      <c r="E1" s="224"/>
+      <c r="F1" s="224"/>
+      <c r="G1" s="224"/>
+      <c r="H1" s="224"/>
+      <c r="I1" s="224"/>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="27"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="27"/>
       <c r="B3" s="27"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
       <c r="H3" s="27"/>
       <c r="I3" s="28" t="s">
         <v>32</v>
@@ -5536,61 +5557,61 @@
     <row r="4" spans="1:9">
       <c r="A4" s="27"/>
       <c r="B4" s="27"/>
       <c r="C4" s="27"/>
       <c r="D4" s="27"/>
       <c r="E4" s="27"/>
       <c r="F4" s="27"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="27"/>
       <c r="B5" s="27"/>
       <c r="C5" s="27"/>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="I5" s="27"/>
     </row>
     <row r="6" spans="1:9" ht="78.599999999999994" customHeight="1">
-      <c r="A6" s="210" t="s">
+      <c r="A6" s="216" t="s">
         <v>34</v>
       </c>
-      <c r="B6" s="210"/>
-[...6 lines deleted...]
-      <c r="I6" s="210"/>
+      <c r="B6" s="216"/>
+      <c r="C6" s="216"/>
+      <c r="D6" s="216"/>
+      <c r="E6" s="216"/>
+      <c r="F6" s="216"/>
+      <c r="G6" s="216"/>
+      <c r="H6" s="216"/>
+      <c r="I6" s="216"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="29"/>
       <c r="B7" s="29"/>
       <c r="C7" s="29"/>
       <c r="D7" s="29"/>
       <c r="E7" s="29"/>
       <c r="F7" s="29"/>
       <c r="G7" s="29"/>
       <c r="H7" s="29"/>
       <c r="I7" s="29"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="27" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="27"/>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="27"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
     </row>
@@ -5734,398 +5755,469 @@
     <row r="20" spans="1:9">
       <c r="A20" s="27"/>
       <c r="B20" s="27"/>
       <c r="C20" s="27"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
     </row>
     <row r="22" spans="1:9">
-      <c r="A22" s="211" t="s">
+      <c r="A22" s="225" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="211"/>
-[...6 lines deleted...]
-      <c r="I22" s="211"/>
+      <c r="B22" s="225"/>
+      <c r="C22" s="225"/>
+      <c r="D22" s="225"/>
+      <c r="E22" s="225"/>
+      <c r="F22" s="225"/>
+      <c r="G22" s="225"/>
+      <c r="H22" s="225"/>
+      <c r="I22" s="225"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="211"/>
-[...7 lines deleted...]
-      <c r="I23" s="211"/>
+      <c r="A23" s="225"/>
+      <c r="B23" s="225"/>
+      <c r="C23" s="225"/>
+      <c r="D23" s="225"/>
+      <c r="E23" s="225"/>
+      <c r="F23" s="225"/>
+      <c r="G23" s="225"/>
+      <c r="H23" s="225"/>
+      <c r="I23" s="225"/>
     </row>
     <row r="24" spans="1:9">
-      <c r="A24" s="211"/>
-[...7 lines deleted...]
-      <c r="I24" s="211"/>
+      <c r="A24" s="225"/>
+      <c r="B24" s="225"/>
+      <c r="C24" s="225"/>
+      <c r="D24" s="225"/>
+      <c r="E24" s="225"/>
+      <c r="F24" s="225"/>
+      <c r="G24" s="225"/>
+      <c r="H24" s="225"/>
+      <c r="I24" s="225"/>
     </row>
     <row r="25" spans="1:9">
-      <c r="A25" s="211"/>
-[...7 lines deleted...]
-      <c r="I25" s="211"/>
+      <c r="A25" s="225"/>
+      <c r="B25" s="225"/>
+      <c r="C25" s="225"/>
+      <c r="D25" s="225"/>
+      <c r="E25" s="225"/>
+      <c r="F25" s="225"/>
+      <c r="G25" s="225"/>
+      <c r="H25" s="225"/>
+      <c r="I25" s="225"/>
     </row>
     <row r="26" spans="1:9">
-      <c r="A26" s="211"/>
-[...7 lines deleted...]
-      <c r="I26" s="211"/>
+      <c r="A26" s="225"/>
+      <c r="B26" s="225"/>
+      <c r="C26" s="225"/>
+      <c r="D26" s="225"/>
+      <c r="E26" s="225"/>
+      <c r="F26" s="225"/>
+      <c r="G26" s="225"/>
+      <c r="H26" s="225"/>
+      <c r="I26" s="225"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27"/>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
     </row>
     <row r="28" spans="1:9">
-      <c r="A28" s="26" t="s">
-        <v>46</v>
+      <c r="A28" s="27" t="s">
+        <v>89</v>
       </c>
       <c r="B28" s="27"/>
       <c r="C28" s="27"/>
       <c r="D28" s="27"/>
       <c r="E28" s="27"/>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
     </row>
     <row r="29" spans="1:9">
-      <c r="A29" s="210" t="s">
-[...9 lines deleted...]
-      <c r="I29" s="210"/>
+      <c r="A29" s="216" t="s">
+        <v>90</v>
+      </c>
+      <c r="B29" s="216"/>
+      <c r="C29" s="216"/>
+      <c r="D29" s="216"/>
+      <c r="E29" s="216"/>
+      <c r="F29" s="216"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="216"/>
+      <c r="I29" s="216"/>
     </row>
     <row r="30" spans="1:9">
-      <c r="A30" s="210"/>
-[...7 lines deleted...]
-      <c r="I30" s="210"/>
+      <c r="A30" s="216"/>
+      <c r="B30" s="216"/>
+      <c r="C30" s="216"/>
+      <c r="D30" s="216"/>
+      <c r="E30" s="216"/>
+      <c r="F30" s="216"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="216"/>
+      <c r="I30" s="216"/>
     </row>
     <row r="31" spans="1:9">
-      <c r="A31" s="210"/>
-[...7 lines deleted...]
-      <c r="I31" s="210"/>
+      <c r="A31" s="216"/>
+      <c r="B31" s="216"/>
+      <c r="C31" s="216"/>
+      <c r="D31" s="216"/>
+      <c r="E31" s="216"/>
+      <c r="F31" s="216"/>
+      <c r="G31" s="216"/>
+      <c r="H31" s="216"/>
+      <c r="I31" s="216"/>
     </row>
     <row r="32" spans="1:9" ht="13.15" customHeight="1">
-      <c r="A32" s="210"/>
-[...20 lines deleted...]
-      <c r="A34" s="27"/>
+      <c r="A32" s="216"/>
+      <c r="B32" s="216"/>
+      <c r="C32" s="216"/>
+      <c r="D32" s="216"/>
+      <c r="E32" s="216"/>
+      <c r="F32" s="216"/>
+      <c r="G32" s="216"/>
+      <c r="H32" s="216"/>
+      <c r="I32" s="216"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.15" customHeight="1">
+      <c r="A33" s="29"/>
+      <c r="B33" s="29"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="29"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="29"/>
+      <c r="G33" s="29"/>
+      <c r="H33" s="29"/>
+      <c r="I33" s="29"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="44" t="s">
+        <v>91</v>
+      </c>
       <c r="B34" s="27"/>
       <c r="C34" s="27"/>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
     </row>
-    <row r="35" spans="1:10">
-[...30 lines deleted...]
-      </c>
+    <row r="35" spans="1:9">
+      <c r="A35" s="216" t="s">
+        <v>88</v>
+      </c>
+      <c r="B35" s="216"/>
+      <c r="C35" s="216"/>
+      <c r="D35" s="216"/>
+      <c r="E35" s="216"/>
+      <c r="F35" s="216"/>
+      <c r="G35" s="216"/>
+      <c r="H35" s="216"/>
+      <c r="I35" s="216"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="216"/>
+      <c r="B36" s="216"/>
+      <c r="C36" s="216"/>
+      <c r="D36" s="216"/>
+      <c r="E36" s="216"/>
+      <c r="F36" s="216"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="216"/>
+      <c r="I36" s="216"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="216"/>
       <c r="B37" s="216"/>
-      <c r="C37" s="33" t="s">
-[...11 lines deleted...]
-    <row r="38" spans="1:10">
+      <c r="C37" s="216"/>
+      <c r="D37" s="216"/>
+      <c r="E37" s="216"/>
+      <c r="F37" s="216"/>
+      <c r="G37" s="216"/>
+      <c r="H37" s="216"/>
+      <c r="I37" s="216"/>
+    </row>
+    <row r="38" spans="1:9" ht="27.75" customHeight="1">
       <c r="A38" s="216"/>
       <c r="B38" s="216"/>
-      <c r="C38" s="34" t="s">
-[...43 lines deleted...]
-      <c r="B41" s="27"/>
+      <c r="C38" s="216"/>
+      <c r="D38" s="216"/>
+      <c r="E38" s="216"/>
+      <c r="F38" s="216"/>
+      <c r="G38" s="216"/>
+      <c r="H38" s="216"/>
+      <c r="I38" s="216"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="31"/>
+      <c r="C39" s="30"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="30"/>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="27"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="27"/>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="27"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" s="32"/>
       <c r="C41" s="27"/>
       <c r="D41" s="27"/>
       <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
     </row>
-    <row r="42" spans="1:10" ht="14.25" thickBot="1">
-[...62 lines deleted...]
-    <row r="47" spans="1:10">
+    <row r="42" spans="1:9">
+      <c r="A42" s="226" t="s">
+        <v>47</v>
+      </c>
+      <c r="B42" s="226"/>
+      <c r="C42" s="227" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="227"/>
+      <c r="E42" s="227"/>
+      <c r="F42" s="227"/>
+      <c r="G42" s="227"/>
+      <c r="H42" s="227"/>
+      <c r="I42" s="227"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="213" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="213"/>
+      <c r="C43" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" s="214" t="s">
+        <v>51</v>
+      </c>
+      <c r="E43" s="214"/>
+      <c r="F43" s="214"/>
+      <c r="G43" s="214"/>
+      <c r="H43" s="214"/>
+      <c r="I43" s="215"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="213"/>
+      <c r="B44" s="213"/>
+      <c r="C44" s="34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D44" s="216" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" s="216"/>
+      <c r="F44" s="216"/>
+      <c r="G44" s="216"/>
+      <c r="H44" s="216"/>
+      <c r="I44" s="217"/>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="213"/>
+      <c r="B45" s="213"/>
+      <c r="C45" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="D45" s="218" t="s">
+        <v>55</v>
+      </c>
+      <c r="E45" s="218"/>
+      <c r="F45" s="218"/>
+      <c r="G45" s="218"/>
+      <c r="H45" s="218"/>
+      <c r="I45" s="219"/>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="213"/>
+      <c r="B46" s="213"/>
+      <c r="C46" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="D46" s="220" t="s">
+        <v>57</v>
+      </c>
+      <c r="E46" s="220"/>
+      <c r="F46" s="220"/>
+      <c r="G46" s="220"/>
+      <c r="H46" s="220"/>
+      <c r="I46" s="221"/>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="27"/>
       <c r="B47" s="27"/>
       <c r="C47" s="27"/>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
     </row>
-    <row r="48" spans="1:10">
-[...8 lines deleted...]
-      <c r="I48" s="27"/>
+    <row r="48" spans="1:9" ht="14.25" thickBot="1">
+      <c r="A48" s="36"/>
+      <c r="B48" s="36"/>
+      <c r="C48" s="36"/>
+      <c r="D48" s="36"/>
+      <c r="E48" s="36"/>
+      <c r="F48" s="36"/>
+      <c r="G48" s="36"/>
+      <c r="H48" s="36"/>
+      <c r="I48" s="36"/>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="222" t="s">
+        <v>58</v>
+      </c>
+      <c r="B49" s="222"/>
+      <c r="C49" s="222"/>
+      <c r="D49" s="222"/>
+      <c r="E49" s="222"/>
+      <c r="F49" s="222"/>
+      <c r="G49" s="222"/>
+      <c r="H49" s="222"/>
+      <c r="I49" s="222"/>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="27" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="27"/>
+      <c r="C50" s="27"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="27"/>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="27"/>
+      <c r="B51" s="27"/>
+      <c r="C51" s="27"/>
+      <c r="D51" s="27"/>
+      <c r="E51" s="27"/>
+      <c r="F51" s="27"/>
+      <c r="G51" s="27"/>
+      <c r="H51" s="27"/>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="B52" s="211"/>
+      <c r="C52" s="211"/>
+      <c r="D52" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="E52" s="212"/>
+      <c r="F52" s="212"/>
+      <c r="G52" s="212"/>
+      <c r="H52" s="212"/>
+      <c r="I52" s="27"/>
+      <c r="J52" s="39"/>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="27"/>
+      <c r="B53" s="27"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="27"/>
+      <c r="E53" s="27"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+      <c r="I53" s="27"/>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="27"/>
+      <c r="B54" s="27"/>
+      <c r="C54" s="27"/>
+      <c r="D54" s="27"/>
+      <c r="E54" s="27"/>
+      <c r="F54" s="27"/>
+      <c r="G54" s="27"/>
+      <c r="H54" s="27"/>
+      <c r="I54" s="27"/>
     </row>
   </sheetData>
-  <mergeCells count="14">
-[...7 lines deleted...]
-    <mergeCell ref="A43:I43"/>
+  <mergeCells count="15">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A22:I26"/>
+    <mergeCell ref="A35:I38"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="C42:I42"/>
     <mergeCell ref="A29:I32"/>
-    <mergeCell ref="A36:B36"/>
-    <mergeCell ref="C36:I36"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="E52:H52"/>
+    <mergeCell ref="A43:B46"/>
+    <mergeCell ref="D43:I43"/>
+    <mergeCell ref="D44:I44"/>
+    <mergeCell ref="D45:I45"/>
+    <mergeCell ref="D46:I46"/>
+    <mergeCell ref="A49:I49"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="98" orientation="portrait" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>